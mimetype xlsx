--- v0 (2025-12-02)
+++ v1 (2026-02-03)
@@ -335,51 +335,51 @@
   <si>
     <t>#53 Richard Gardner - FS</t>
   </si>
   <si>
     <t>#14 Robert Rodriguez - K</t>
   </si>
   <si>
     <t>PSC</t>
   </si>
   <si>
     <t>PSC 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-PPS 25 (15:00) 40-Reid Savage ran to PPS 26 for 1 yards. Tackle by 77-Kevin Scott.</t>
   </si>
   <si>
     <t>#11 Gunnar Jackson - QB</t>
   </si>
   <si>
-    <t>#45 Reid Savage - TE</t>
+    <t>#45 Reid Savage - LG</t>
   </si>
   <si>
     <t>#59 Eric Delaune - LG</t>
   </si>
   <si>
     <t>#84 Gary Fell - TE</t>
   </si>
   <si>
     <t>#85 Michael Boyter - WR</t>
   </si>
   <si>
     <t>#68 Christian Gainer - RG</t>
   </si>
   <si>
     <t>#74 Harvey Carreras - LG</t>
   </si>
   <si>
     <t>#64 Gavin Anderson - C</t>
   </si>
   <si>
     <t>#65 George Reid - LG</t>
   </si>
   <si>
     <t>#72 Sherman Miller - RG</t>
   </si>