--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -359,51 +359,51 @@
   <si>
     <t>#32 William Bowden - WR</t>
   </si>
   <si>
     <t>#81 Jeff Greenwood - TE</t>
   </si>
   <si>
     <t>#42 Robert Held - WR</t>
   </si>
   <si>
     <t>#18 Michael Zimmerman - WR</t>
   </si>
   <si>
     <t>#30 Michael Martin - WR</t>
   </si>
   <si>
     <t>#54 Johnathan Ayers - C</t>
   </si>
   <si>
     <t>#78 Gerald Schirmer - C</t>
   </si>
   <si>
     <t>#69 Thomas Gardner - RT</t>
   </si>
   <si>
-    <t>#62 Michael Rice - C</t>
+    <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#69 Raymond Thomas - C</t>
   </si>
   <si>
     <t>#96 David Cloutier - RDE</t>
   </si>
   <si>
     <t>#78 Shelton Thompson - DT</t>
   </si>
   <si>
     <t>#71 Kelly Jansen - LDE</t>
   </si>
   <si>
     <t>#50 Anthony Hawkins - WLB</t>
   </si>
   <si>
     <t>#94 Danny Lockett - MLB</t>
   </si>
   <si>
     <t>#56 William Kirksey - MLB</t>
   </si>
   <si>
     <t>#53 Marlon Brown - WLB</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>LDN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:17) Extra point GOOD by 9-William Leonard. LDN 51-Raymond Winans was injured on the play. He looks like he should be able to return. LDN 0 BCB 7</t>
   </si>
   <si>
     <t>#2 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#9 William Leonard - K</t>
   </si>
   <si>
     <t>#68 John Cowley - C</t>
   </si>
   <si>
     <t>#78 Carlos Bryant - C</t>
   </si>
   <si>
-    <t>#97 Jeffrey Hunter - RDE</t>
+    <t>#69 Jeffrey Hunter - RDE</t>
   </si>
   <si>
     <t>#16 Tony Vinson - WR</t>
   </si>
   <si>
     <t>#88 Barry Foster - WR</t>
   </si>
   <si>
     <t>#72 Thomas Sorensen - LT</t>
   </si>
   <si>
     <t>BCB 35</t>
   </si>
   <si>
     <t>(9:17) 9-William Leonard kicks 68 yards from BCB 35 to LDN -3. Touchback.</t>
   </si>
   <si>
     <t>#86 John H. Johnson - WR</t>
   </si>
   <si>
     <t>#84 Toderick Malone - WR</t>
   </si>
   <si>
     <t>#87 Steve Hollywood Brooks - TE</t>
   </si>