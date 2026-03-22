--- v1 (2026-01-22)
+++ v2 (2026-03-22)
@@ -581,51 +581,51 @@
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>LDN 3</t>
   </si>
   <si>
     <t>1-3-LDN 3 (9:19) 32-James McDermott ran for 3 yards. TOUCHDOWN! LDN 0 BCB 6</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>LDN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:17) Extra point GOOD by 9-William Leonard. LDN 51-Raymond Winans was injured on the play. He looks like he should be able to return. LDN 0 BCB 7</t>
   </si>
   <si>
-    <t>#2 Manuel Scroggs - QB</t>
+    <t>#8 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#9 William Leonard - K</t>
   </si>
   <si>
     <t>#68 John Cowley - C</t>
   </si>
   <si>
     <t>#78 Carlos Bryant - C</t>
   </si>
   <si>
     <t>#69 Jeffrey Hunter - RDE</t>
   </si>
   <si>
     <t>#16 Tony Vinson - WR</t>
   </si>
   <si>
     <t>#88 Barry Foster - WR</t>
   </si>
   <si>
     <t>#72 Thomas Sorensen - LT</t>
   </si>
   <si>
     <t>BCB 35</t>
   </si>