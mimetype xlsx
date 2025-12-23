--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -521,51 +521,51 @@
   <si>
     <t>#32 William Bowden - WR</t>
   </si>
   <si>
     <t>#81 Jeff Greenwood - TE</t>
   </si>
   <si>
     <t>#42 Robert Held - WR</t>
   </si>
   <si>
     <t>#18 Michael Zimmerman - WR</t>
   </si>
   <si>
     <t>#30 Michael Martin - WR</t>
   </si>
   <si>
     <t>#54 Johnathan Ayers - C</t>
   </si>
   <si>
     <t>#88 Martin Jackson - TE</t>
   </si>
   <si>
     <t>#69 Thomas Gardner - RT</t>
   </si>
   <si>
-    <t>#62 Michael Rice - C</t>
+    <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#69 Raymond Thomas - C</t>
   </si>
   <si>
     <t>#93 Tom Dovo - LDE</t>
   </si>
   <si>
     <t>#78 Shelton Thompson - DT</t>
   </si>
   <si>
     <t>#76 Glen Robinson - DT</t>
   </si>
   <si>
     <t>#96 David Cloutier - RDE</t>
   </si>
   <si>
     <t>#95 John Kinto - RDE</t>
   </si>
   <si>
     <t>#38 Stephen Begley - CB</t>
   </si>
   <si>
     <t>#42 Harvey Wilson - CB</t>
   </si>