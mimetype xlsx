--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -452,63 +452,63 @@
   <si>
     <t>#39 Michael Boss - SS</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>LDN 40</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-LDN 40 (14:07) 25-Michael Kennedy ran to LDN 31 for 9 yards. Tackle by 50-Anthony Hawkins.</t>
   </si>
   <si>
     <t>#16 George Brewster - QB</t>
   </si>
   <si>
     <t>#25 Michael Kennedy - WR</t>
   </si>
   <si>
-    <t>#18 OG "Doc" Octavius - WR</t>
+    <t>#87 OG "Doc" Octavius - TE</t>
   </si>
   <si>
     <t>#5 Edward Huynh - WR</t>
   </si>
   <si>
     <t>#88 Marty Allen - WR</t>
   </si>
   <si>
     <t>#82 Nathaniel Poe - WR</t>
   </si>
   <si>
-    <t>#77 Flint “Sandman” Marko - LT</t>
+    <t>#77 Flint “Sandman” Marko - RG</t>
   </si>
   <si>
     <t>#71 John Proctor - LG</t>
   </si>
   <si>
     <t>#56 Paul Miser - C</t>
   </si>
   <si>
     <t>#74 Wilbur Reed - RT</t>
   </si>
   <si>
     <t>#76 Joseph Paille - C</t>
   </si>
   <si>
     <t>#93 Tom Dovo - LDE</t>
   </si>
   <si>
     <t>#78 Shelton Thompson - DT</t>
   </si>
   <si>
     <t>#98 Rick Kaspar - WLB</t>
   </si>
   <si>
     <t>#53 Marlon Brown - WLB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#62 Jon McGrath - LG</t>
   </si>
   <si>
     <t>#44 William Donelson - RB</t>
   </si>
   <si>
     <t>#87 Joseph Morgan - TE</t>
   </si>
   <si>
     <t>#61 Ernest Wallace - LG</t>
   </si>
   <si>
     <t>#61 Van Gertz - C</t>
   </si>
   <si>
     <t>#73 Anthony Johnson - RT</t>
   </si>
   <si>
     <t>#76 Glen Robinson - DT</t>
   </si>
   <si>
     <t>#95 Ellis Wyatt - LDE</t>
   </si>
   <si>
-    <t>#97 Jeffrey Hunter - RDE</t>
+    <t>#69 Jeffrey Hunter - RDE</t>
   </si>
   <si>
     <t>(13:19) 13-Winford Ferraro kicks 74 yards from SEA 35 to LDN -9. Touchback.</t>
   </si>
   <si>
     <t>LDN 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-LDN 25 (13:19) 32-John H. Johnson ran to LDN 38 for 13 yards. Tackle by 23-Ronin Kane.</t>
   </si>
   <si>
     <t>#20 Ryan Schuldt - CB</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>LDN 38</t>
   </si>