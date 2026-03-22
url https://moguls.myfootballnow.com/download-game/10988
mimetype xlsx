--- v1 (2026-01-22)
+++ v2 (2026-03-22)
@@ -476,51 +476,51 @@
   <si>
     <t>#87 OG "Doc" Octavius - TE</t>
   </si>
   <si>
     <t>#5 Edward Huynh - WR</t>
   </si>
   <si>
     <t>#88 Marty Allen - WR</t>
   </si>
   <si>
     <t>#82 Nathaniel Poe - WR</t>
   </si>
   <si>
     <t>#77 Flint “Sandman” Marko - RG</t>
   </si>
   <si>
     <t>#71 John Proctor - LG</t>
   </si>
   <si>
     <t>#56 Paul Miser - C</t>
   </si>
   <si>
     <t>#74 Wilbur Reed - RT</t>
   </si>
   <si>
-    <t>#76 Joseph Paille - C</t>
+    <t>#72 Joseph Paille - C</t>
   </si>
   <si>
     <t>#93 Tom Dovo - LDE</t>
   </si>
   <si>
     <t>#78 Shelton Thompson - DT</t>
   </si>
   <si>
     <t>#98 Rick Kaspar - WLB</t>
   </si>
   <si>
     <t>#53 Marlon Brown - WLB</t>
   </si>
   <si>
     <t>#95 John Kinto - RDE</t>
   </si>
   <si>
     <t>#38 Stephen Begley - CB</t>
   </si>
   <si>
     <t>#20 Carlton Lance - CB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>