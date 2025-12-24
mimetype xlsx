--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -368,180 +368,180 @@
   <si>
     <t>#87 Matthew Shane - TE</t>
   </si>
   <si>
     <t>#15 Shawn Corder - WR</t>
   </si>
   <si>
     <t>#77 Joseph Dyer - LG</t>
   </si>
   <si>
     <t>#60 Ronald Lee - LG</t>
   </si>
   <si>
     <t>#56 Dylan Peterson - C</t>
   </si>
   <si>
     <t>#63 Humberto Weitzman - LG</t>
   </si>
   <si>
     <t>#88 Timothy Copeland - TE</t>
   </si>
   <si>
     <t>#76 Kenneth Chan - LDE</t>
   </si>
   <si>
-    <t>#74 David Smith - DT</t>
+    <t>#95 David Smith - DT</t>
   </si>
   <si>
     <t>#64 Eugene Clyde - DT</t>
   </si>
   <si>
     <t>#98 Bert Enernie - DT</t>
   </si>
   <si>
     <t>#90 Clifford Blais - SLB</t>
   </si>
   <si>
     <t>#92 Roger Anson - RDE</t>
   </si>
   <si>
     <t>#2 Francis Ervin - WLB</t>
   </si>
   <si>
     <t>#34 Craig Pena - CB</t>
   </si>
   <si>
     <t>#47 John Potter - CB</t>
   </si>
   <si>
     <t>#26 Jason Smith - SS</t>
   </si>
   <si>
     <t>#25 Stephen Wert - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>MEM 22</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-13-SLC 22 (14:20) 2-Troy Hernadez pass complete to 15-Shawn Corder to DaP 39 for 39 yards. Tackle by 34-Craig Pena.</t>
   </si>
   <si>
     <t>#1 Alfred Shoop - WR</t>
   </si>
   <si>
     <t>#19 Jerome Cockerham - WR</t>
   </si>
   <si>
-    <t>#92 Robert Schuman - CB</t>
+    <t>#92 Robert Schuman - LDE</t>
   </si>
   <si>
     <t>#27 Scott McDonald - CB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>DaP 39</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-DaP 39 (13:34) 2-Troy Hernadez pass complete to 19-Jerome Cockerham to DaP 1 for 38 yards. Tackle by 47-John Potter.</t>
   </si>
   <si>
     <t>#82 Michael McGlade - WR</t>
   </si>
   <si>
     <t>#94 Eduardo Jarvis - WLB</t>
   </si>
   <si>
     <t>#40 Michael Helms - CB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>DaP 1</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-1-DaP 1 (12:47) 34-Stephen Hornyak ran for 1 yards. TOUCHDOWN! DaP 0 SLC 6</t>
   </si>
   <si>
     <t>#40 William Taylor - RB</t>
   </si>
   <si>
     <t>#91 Alex Cortez - RDE</t>
   </si>
   <si>
-    <t>#30 Kenneth Fredrick - CB</t>
+    <t>#22 Kenneth Fredrick - CB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>DaP 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:45) Extra point GOOD by 6-Mark Castellanos. DaP 0 SLC 7</t>
   </si>
   <si>
     <t>#61 Charles Gordon - RG</t>
   </si>
   <si>
     <t>#6 Mark Castellanos - K</t>
   </si>
   <si>
     <t>#75 Fred Hopper - RT</t>
   </si>
   <si>
     <t>#52 Rodolfo Hughes - LT</t>
   </si>
   <si>
-    <t>#54 Richard Aguayo - C</t>
+    <t>#60 Richard Aguayo - C</t>
   </si>
   <si>
     <t>#52 Eugene York - C</t>
   </si>
   <si>
     <t>#55 Edward Dreher - MLB</t>
   </si>
   <si>
     <t>#31 James Solares - FS</t>
   </si>
   <si>
     <t>#98 Fred Wiseman - SLB</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(12:45) 6-Mark Castellanos kicks 74 yards from SLC 35 to DaP -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Lenny Wright - WR</t>
   </si>
   <si>
     <t>#83 Jay Patterson - WR</t>
   </si>
@@ -2182,98 +2182,98 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="324.349" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>