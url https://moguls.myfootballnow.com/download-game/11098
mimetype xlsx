--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -374,51 +374,51 @@
   <si>
     <t>#77 Joseph Dyer - LG</t>
   </si>
   <si>
     <t>#60 Ronald Lee - LG</t>
   </si>
   <si>
     <t>#56 Dylan Peterson - C</t>
   </si>
   <si>
     <t>#63 Humberto Weitzman - LG</t>
   </si>
   <si>
     <t>#88 Timothy Copeland - TE</t>
   </si>
   <si>
     <t>#76 Kenneth Chan - LDE</t>
   </si>
   <si>
     <t>#95 David Smith - DT</t>
   </si>
   <si>
     <t>#64 Eugene Clyde - DT</t>
   </si>
   <si>
-    <t>#98 Bert Enernie - DT</t>
+    <t>#53 Bert Enernie - DT</t>
   </si>
   <si>
     <t>#90 Clifford Blais - SLB</t>
   </si>
   <si>
     <t>#92 Roger Anson - RDE</t>
   </si>
   <si>
     <t>#2 Francis Ervin - WLB</t>
   </si>
   <si>
     <t>#34 Craig Pena - CB</t>
   </si>
   <si>
     <t>#47 John Potter - CB</t>
   </si>
   <si>
     <t>#26 Jason Smith - SS</t>
   </si>
   <si>
     <t>#25 Stephen Wert - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>