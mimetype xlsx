--- v2 (2026-01-23)
+++ v3 (2026-03-25)
@@ -305,51 +305,51 @@
   <si>
     <t>#38 Harvey McCullough - CB</t>
   </si>
   <si>
     <t>#48 Edward Smith - CB</t>
   </si>
   <si>
     <t>#25 Howard Feggins - CB</t>
   </si>
   <si>
     <t>#8 Donald Taylor - WLB</t>
   </si>
   <si>
     <t>#55 Darius Womack - MLB</t>
   </si>
   <si>
     <t>#9 Otto Ocean  - SS</t>
   </si>
   <si>
     <t>#29 Richard Goodman - CB</t>
   </si>
   <si>
     <t>#25 Luther Miller - CB</t>
   </si>
   <si>
-    <t>#95 Andrew Horton - MLB</t>
+    <t>#52 Andrew Horton - MLB</t>
   </si>
   <si>
     <t>#21 Dean Taylor - CB</t>
   </si>
   <si>
     <t>#48 Ehren Lancer - SLB</t>
   </si>
   <si>
     <t>#16 John Crider - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>Strong I Big HB Sweep Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-SLC 25 (15:00) 22-Raishawn  Allison ran to SLC 22 for -3 yards. Tackle by 40-Clifford Blais. SLC 82-Matthew Shane was injured on the play. He looks like he should be able to return. DaP 76-Kenneth Chan was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>DaP 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:45) Extra point GOOD by 6-Mark Castellanos. DaP 0 SLC 7</t>
   </si>
   <si>
     <t>#61 Charles Gordon - RG</t>
   </si>
   <si>
     <t>#6 Mark Castellanos - K</t>
   </si>
   <si>
     <t>#75 Fred Hopper - RT</t>
   </si>
   <si>
     <t>#52 Rodolfo Hughes - LT</t>
   </si>
   <si>
-    <t>#60 Richard Aguayo - C</t>
+    <t>#50 Richard Aguayo - C</t>
   </si>
   <si>
     <t>#52 Eugene York - C</t>
   </si>
   <si>
     <t>#55 Edward Dreher - MLB</t>
   </si>
   <si>
     <t>#31 James Solares - FS</t>
   </si>
   <si>
     <t>#98 Fred Wiseman - SLB</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(12:45) 6-Mark Castellanos kicks 74 yards from SLC 35 to DaP -9. Touchback.</t>
   </si>
   <si>
     <t>#15 Lenny Wright - WR</t>
   </si>
   <si>
     <t>#83 Jay Patterson - WR</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#70 David Willingham - RG</t>
   </si>
   <si>
     <t>#39 Dennis Fowler - MLB</t>
   </si>
   <si>
     <t>#4 John Sarratt - WR</t>
   </si>
   <si>
     <t>#60 John  Galt - C</t>
   </si>
   <si>
     <t>DaP 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-DaP 25 (12:45) 38-Mike Robbins ran to DaP 34 for 9 yards. Tackle by 25-Luther Miller.</t>
   </si>
   <si>
-    <t>#13 Johnny Omaha - QB</t>
+    <t>#16 Johnny Omaha - QB</t>
   </si>
   <si>
     <t>#38 Mike Robbins - WR</t>
   </si>
   <si>
     <t>#41 Francis Barrett - FB</t>
   </si>
   <si>
     <t>#2 Clifford Acosta - WR</t>
   </si>
   <si>
     <t>#57 Otis Preston - LG</t>
   </si>
   <si>
     <t>#99 Joe Suggs - LDE</t>
   </si>
   <si>
     <t>#98 Todd Davis - DT</t>
   </si>
   <si>
     <t>#51 Kirk Parish - LDE</t>
   </si>
   <si>
     <t>#66 Ricky Suggs - RDE</t>
   </si>
@@ -965,72 +965,72 @@
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MEM 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-15-SLC 33 (14:20) 8-Johnny Omaha pass complete to 18-Clifford Acosta to SLC 29 for 5 yards. Tackle by 9-Otto Ocean . SLC 21-Dean Taylor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>MEM 29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-10-SLC 29 (13:40) 8-Johnny Omaha pass complete to 87-Mark Esparza to SLC 21 for 7 yards. Tackle by 9-Otto Ocean .</t>
   </si>
   <si>
-    <t>#23 Hugo "Juice" Lemus - LDE</t>
+    <t>#61 Hugo "Juice" Lemus - LDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>MEM 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-3-SLC 21 (12:52) 4-John Sarratt ran to SLC 18 for 4 yards. Tackle by 20-Hugo "Juice" Lemus. DaP 60-John  Galt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>MEM 18</t>
   </si>
   <si>
     <t>1-10-SLC 18 (12:09) 8-Johnny Omaha pass complete to 87-Mark Esparza to SLC 9 for 9 yards. Tackle by 9-Otto Ocean .</t>
   </si>
   <si>
-    <t>#77 Paul Myers - C</t>
+    <t>#71 Paul Myers - C</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>MEM 9</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>2-1-SLC 9 (11:24) 8-Johnny Omaha pass complete to 34-Lenny Wright to SLC 2 for 7 yards. Tackle by 38-Harvey McCullough.</t>
   </si>
   <si>
     <t>#17 Joshua Defeo - WR</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>MEM 2</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>