--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -350,51 +350,51 @@
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-AMB 25 (15:00) 5-Robert Jones pass complete to 36-Paul Morrison to AMB 30 for 5 yards. Tackle by 31-Robert May.</t>
   </si>
   <si>
     <t>#3 Robert Jones - QB</t>
   </si>
   <si>
     <t>#38 Paul Morrison - RB</t>
   </si>
   <si>
     <t>#45 Robert Wynn - FB</t>
   </si>
   <si>
     <t>#44 Jeremy Sorensen - FB</t>
   </si>
   <si>
     <t>#18 Ronald Milam - WR</t>
   </si>
   <si>
     <t>#66 Julian Cooper - RG</t>
   </si>
   <si>
-    <t>#65 Kerry McGill - C</t>
+    <t>#76 Kerry McGill - C</t>
   </si>
   <si>
     <t>#53 Randall Sartori - C</t>
   </si>
   <si>
     <t>#68 Nicholas Bellard - RG</t>
   </si>
   <si>
     <t>#71 William Plunkett - RT</t>
   </si>
   <si>
     <t>#91 Dennis Cordova - LDE</t>
   </si>
   <si>
     <t>#58 Steven Potter - DT</t>
   </si>
   <si>
     <t>#96 Kenneth Smith - DT</t>
   </si>
   <si>
     <t>#93 Donald Ryder - RDE</t>
   </si>
   <si>
     <t>#51 Leon Ledyard - WLB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#1 William Smith - P</t>
   </si>
   <si>
     <t>#8 Paul Sylvester - K</t>
   </si>
   <si>
     <t>#80 Alfonso Smith - TE</t>
   </si>
   <si>
     <t>#60 Richard Foote - RT</t>
   </si>
   <si>
     <t>#50 Billy Eckhardt - LT</t>
   </si>
   <si>
     <t>#97 James Kibby - DT</t>
   </si>
   <si>
     <t>#98 Rodney Smith - RDE</t>
   </si>
   <si>
     <t>#44 Odis Finch - SLB</t>
   </si>
   <si>
-    <t>#99 Lester Smith - RDE</t>
+    <t>#99 Lester Smith - LDE</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>(8:51) 8-Paul Sylvester kicks 74 yards from AMB 35 to SCS -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Mark McCants - RB</t>
   </si>
   <si>
     <t>#24 Randall Coleman - CB</t>
   </si>
   <si>
     <t>#23 James Stringer - CB</t>
   </si>
   <si>
     <t>SCS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>#4 Melvin Ramos - QB</t>
   </si>
   <si>
     <t>#80 Joe Profit - WR</t>
   </si>
   <si>
     <t>#27 Francisco Wilson - RB</t>
   </si>
   <si>
     <t>#87 Tom Boyle - TE</t>
   </si>
   <si>
     <t>#82 Johnathan Veilleux - TE</t>
   </si>
   <si>
     <t>#86 Michael Clow - TE</t>
   </si>
   <si>
     <t>#61 Ronald Ormiston - LG</t>
   </si>
   <si>
     <t>#69 Richard Alcala - RG</t>
   </si>
   <si>
-    <t>#77 Jeremy Olson - C</t>
+    <t>#51 Jeremy Olson - LT</t>
   </si>
   <si>
     <t>#50 Michael Felice - RG</t>
   </si>
   <si>
     <t>#67 Daniel Moore - RT</t>
   </si>
   <si>
     <t>#59 Thomas Sowers - WLB</t>
   </si>
   <si>
     <t>#79 Daniel Hamblin - DT</t>
   </si>
   <si>
     <t>#98 Gregory Cordell - DT</t>
   </si>
   <si>
     <t>#93 Doug Seales - LDE</t>
   </si>
   <si>
     <t>#24 Warren Taylor - CB</t>
   </si>
   <si>
     <t>#23 Robert Robinson - CB</t>
   </si>