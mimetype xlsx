--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -545,51 +545,51 @@
   <si>
     <t>SCS 30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-SCS 30 (8:55) 8-Paul Sylvester 47 yard field goal is GOOD. SCS 0 AMB 3</t>
   </si>
   <si>
     <t>#1 William Smith - P</t>
   </si>
   <si>
     <t>#8 Paul Sylvester - K</t>
   </si>
   <si>
     <t>#80 Alfonso Smith - TE</t>
   </si>
   <si>
     <t>#60 Richard Foote - RT</t>
   </si>
   <si>
-    <t>#50 Billy Eckhardt - LT</t>
+    <t>#50 Billy Eckhardt - RG</t>
   </si>
   <si>
     <t>#97 James Kibby - DT</t>
   </si>
   <si>
     <t>#98 Rodney Smith - RDE</t>
   </si>
   <si>
     <t>#44 Odis Finch - SLB</t>
   </si>
   <si>
     <t>#99 Lester Smith - LDE</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>(8:51) 8-Paul Sylvester kicks 74 yards from AMB 35 to SCS -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Mark McCants - RB</t>
   </si>
   <si>
     <t>#24 Randall Coleman - CB</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>#4 Melvin Ramos - QB</t>
   </si>
   <si>
     <t>#80 Joe Profit - WR</t>
   </si>
   <si>
     <t>#27 Francisco Wilson - RB</t>
   </si>
   <si>
     <t>#87 Tom Boyle - TE</t>
   </si>
   <si>
     <t>#82 Johnathan Veilleux - TE</t>
   </si>
   <si>
     <t>#86 Michael Clow - TE</t>
   </si>
   <si>
     <t>#61 Ronald Ormiston - LG</t>
   </si>
   <si>
     <t>#69 Richard Alcala - RG</t>
   </si>
   <si>
-    <t>#51 Jeremy Olson - LT</t>
+    <t>#51 Jeremy Olson - C</t>
   </si>
   <si>
     <t>#50 Michael Felice - RG</t>
   </si>
   <si>
     <t>#67 Daniel Moore - RT</t>
   </si>
   <si>
     <t>#59 Thomas Sowers - WLB</t>
   </si>
   <si>
     <t>#79 Daniel Hamblin - DT</t>
   </si>
   <si>
     <t>#98 Gregory Cordell - DT</t>
   </si>
   <si>
     <t>#93 Doug Seales - LDE</t>
   </si>
   <si>
     <t>#24 Warren Taylor - CB</t>
   </si>
   <si>
     <t>#23 Robert Robinson - CB</t>
   </si>