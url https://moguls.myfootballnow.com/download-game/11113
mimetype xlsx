--- v2 (2026-01-20)
+++ v3 (2026-03-21)
@@ -545,51 +545,51 @@
   <si>
     <t>SCS 30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-SCS 30 (8:55) 8-Paul Sylvester 47 yard field goal is GOOD. SCS 0 AMB 3</t>
   </si>
   <si>
     <t>#1 William Smith - P</t>
   </si>
   <si>
     <t>#8 Paul Sylvester - K</t>
   </si>
   <si>
     <t>#80 Alfonso Smith - TE</t>
   </si>
   <si>
     <t>#60 Richard Foote - RT</t>
   </si>
   <si>
-    <t>#50 Billy Eckhardt - RG</t>
+    <t>#50 Billy Eckhardt - LT</t>
   </si>
   <si>
     <t>#97 James Kibby - DT</t>
   </si>
   <si>
     <t>#98 Rodney Smith - RDE</t>
   </si>
   <si>
     <t>#44 Odis Finch - SLB</t>
   </si>
   <si>
     <t>#99 Lester Smith - LDE</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>(8:51) 8-Paul Sylvester kicks 74 yards from AMB 35 to SCS -9. Touchback.</t>
   </si>
   <si>
     <t>#14 Mark McCants - RB</t>
   </si>
   <si>
     <t>#24 Randall Coleman - CB</t>
   </si>
@@ -611,69 +611,69 @@
   <si>
     <t>#4 Melvin Ramos - QB</t>
   </si>
   <si>
     <t>#80 Joe Profit - WR</t>
   </si>
   <si>
     <t>#27 Francisco Wilson - RB</t>
   </si>
   <si>
     <t>#87 Tom Boyle - TE</t>
   </si>
   <si>
     <t>#82 Johnathan Veilleux - TE</t>
   </si>
   <si>
     <t>#86 Michael Clow - TE</t>
   </si>
   <si>
     <t>#61 Ronald Ormiston - LG</t>
   </si>
   <si>
     <t>#69 Richard Alcala - RG</t>
   </si>
   <si>
-    <t>#51 Jeremy Olson - C</t>
+    <t>#53 Jeremy Olson - C</t>
   </si>
   <si>
     <t>#50 Michael Felice - RG</t>
   </si>
   <si>
     <t>#67 Daniel Moore - RT</t>
   </si>
   <si>
     <t>#59 Thomas Sowers - WLB</t>
   </si>
   <si>
     <t>#79 Daniel Hamblin - DT</t>
   </si>
   <si>
     <t>#98 Gregory Cordell - DT</t>
   </si>
   <si>
-    <t>#93 Doug Seales - LDE</t>
+    <t>#60 Doug Seales - LDE</t>
   </si>
   <si>
     <t>#24 Warren Taylor - CB</t>
   </si>
   <si>
     <t>#23 Robert Robinson - CB</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>SCS 26</t>
   </si>
   <si>
     <t>2-9-SCS 26 (8:17) 80-Joe Profit ran to SCS 29 for 4 yards. Tackle by 55-William Hill.</t>
   </si>
   <si>
     <t>#81 Earl Miller - WR</t>
   </si>
   <si>
     <t>#85 Thurman Rogers - WR</t>
   </si>
   <si>
     <t>7:36</t>
   </si>