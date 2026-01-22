--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -356,51 +356,51 @@
   <si>
     <t>#10 George Oliver - QB</t>
   </si>
   <si>
     <t>#38 Brandon Long - FB</t>
   </si>
   <si>
     <t>#81 Jeff Greenwood - TE</t>
   </si>
   <si>
     <t>#42 Robert Held - WR</t>
   </si>
   <si>
     <t>#30 Michael Martin - WR</t>
   </si>
   <si>
     <t>#54 Johnathan Ayers - C</t>
   </si>
   <si>
     <t>#88 Martin Jackson - TE</t>
   </si>
   <si>
     <t>#69 Thomas Gardner - RT</t>
   </si>
   <si>
-    <t>#62 Michael Rice - C</t>
+    <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#69 Raymond Thomas - C</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#91 Alphonso Snyder - RDE</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#56 Tony Eads - MLB</t>
   </si>
   <si>
     <t>#49 Thomas Herrington - CB</t>
   </si>
   <si>
     <t>#48 Charles Aguilar - CB</t>
   </si>
@@ -767,51 +767,51 @@
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-8-BCB 13 (6:52) 47-Jacob Cramer ran to BCB 7 for 7 yards. Tackle by 31-Derek Cooper.</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>BCB 7</t>
   </si>
   <si>
     <t>4-1-BCB 7 (6:18) 16-Jeremiah Hunter 24 yard field goal is GOOD. BCB 7 BKT 3</t>
   </si>
   <si>
     <t>#89 Angel Martin - C</t>
   </si>
   <si>
     <t>#52 Diego Chambers - C</t>
   </si>
   <si>
     <t>#60 Joe Bostic - RG</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#59 Ramon Esposito - DT</t>
   </si>
   <si>
     <t>#91 Douglas Bowes - DT</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>(6:15) 16-Jeremiah Hunter kicks 72 yards from BKT 35 to BCB -7. 87-Manuel Williams to BCB 35 for 42 yards. Tackle by 25-Elisha Heim. BKT 16-Jeremiah Hunter was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-BCB 35 (6:08) 10-George Oliver pass Pass knocked down by 49-Thomas Herrington. incomplete, intended for 83-Bobby Walton.</t>
   </si>
   <si>
     <t>6:04</t>
   </si>