--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -308,132 +308,132 @@
   <si>
     <t>#98 Michael Robles - LDE</t>
   </si>
   <si>
     <t>#40 Calvin Garst - CB</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#21 Jeff Rosas - CB</t>
   </si>
   <si>
     <t>#31 Derek Cooper - CB</t>
   </si>
   <si>
     <t>#48 Daniel Timmerman - CB</t>
   </si>
   <si>
     <t>#57 Lee Davis - CB</t>
   </si>
   <si>
     <t>#21 Rafael Barrett - FS</t>
   </si>
   <si>
-    <t>#1 David Kim - WLB</t>
+    <t>#1 David Kim - LDE</t>
   </si>
   <si>
     <t>#21 Henry Joyner - CB</t>
   </si>
   <si>
     <t>#4 Glenn Tindell - K</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>BCB 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BCB 25 (15:00) 10-George Oliver pass complete to 3-Brandon Long to BCB 33 for 8 yards. Tackle by 56-Joseph Ainsworth.</t>
   </si>
   <si>
     <t>#10 George Oliver - QB</t>
   </si>
   <si>
     <t>#32 William Bowden - WR</t>
   </si>
   <si>
     <t>#38 Brandon Long - FB</t>
   </si>
   <si>
     <t>#42 Robert Held - WR</t>
   </si>
   <si>
     <t>#18 Michael Zimmerman - WR</t>
   </si>
   <si>
     <t>#30 Michael Martin - WR</t>
   </si>
   <si>
     <t>#54 Johnathan Ayers - C</t>
   </si>
   <si>
     <t>#79 Thomas Boston - C</t>
   </si>
   <si>
     <t>#76 Jeremy Meyer - LT</t>
   </si>
   <si>
-    <t>#62 Michael Rice - C</t>
+    <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#68 John Cowley - C</t>
   </si>
   <si>
     <t>#91 Norman Friedman - LDE</t>
   </si>
   <si>
     <t>#95 Matthew Evans - DT</t>
   </si>
   <si>
     <t>#92 Matthew Golding - LDE</t>
   </si>
   <si>
     <t>#70 Charles Smith - RDE</t>
   </si>
   <si>
-    <t>#33 Joseph Ainsworth - CB</t>
+    <t>#46 Joseph Ainsworth - CB</t>
   </si>
   <si>
     <t>#45 Herbert Mueller - CB</t>
   </si>
   <si>
     <t>#49 Anthony Kellems - CB</t>
   </si>
   <si>
     <t>#55 Seymour Mauk - MLB</t>
   </si>
   <si>
-    <t>#25 Keith Redick - CB</t>
+    <t>#54 Keith Redick - DT</t>
   </si>
   <si>
     <t>#27 Gerald Hackett - CB</t>
   </si>
   <si>
     <t>#44 Salvatore Dixon - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>BCB 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-2-BCB 33 (14:25) 10-George Oliver sacked at BCB 22 for -11 yards (91-Norman Friedman). Sack allowed by 3-Brandon Long. 3-Brandon Long was completely beat on that play.</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>BCB 22</t>
   </si>
@@ -452,132 +452,132 @@
   <si>
     <t>#90 Miguel Simpson - SLB</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>BCB 27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BCB 27 (13:13) 19-Gary Frick punts 40 yards to PPS 33. Fair Catch by 86-Doug Edward.</t>
   </si>
   <si>
     <t>#19 Gary Frick - P</t>
   </si>
   <si>
     <t>#73 Edwin Brown - LT</t>
   </si>
   <si>
-    <t>#86 Doug Edward - WR</t>
+    <t>#83 Doug Edward - WR</t>
   </si>
   <si>
     <t>#2 Andrew Arellano - CB</t>
   </si>
   <si>
     <t>#5 Carlos Fleener - CB</t>
   </si>
   <si>
     <t>#64 Derek Mayfield - C</t>
   </si>
   <si>
     <t>#72 William Carroll - LT</t>
   </si>
   <si>
     <t>#40 George Cook - CB</t>
   </si>
   <si>
     <t>#13 Scully "Bones" Jones - FS</t>
   </si>
   <si>
     <t>#7 Joseph Roberts - CB</t>
   </si>
   <si>
     <t>#13 Mark "Big Bird" Cohen - CB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>PSC 33</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-PPS 33 (13:06) 9-Timothy Babin pass complete to 46-William Matz to PPS 38 for 5 yards. Tackle by 92-Michael Robles.</t>
   </si>
   <si>
     <t>#9 Timothy Babin - QB</t>
   </si>
   <si>
     <t>#83 William Matz - TE</t>
   </si>
   <si>
-    <t>#88 Oscar Cerny - TE</t>
+    <t>#89 Oscar Cerny - WR</t>
   </si>
   <si>
     <t>#85 George Guerrero - WR</t>
   </si>
   <si>
-    <t>#5 Charles Cooney - WR</t>
+    <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#72 Sherman Miller - RG</t>
   </si>
   <si>
     <t>#65 George Reid - LG</t>
   </si>
   <si>
     <t>#66 George Sova - C</t>
   </si>
   <si>
     <t>#68 Christian Gainer - RG</t>
   </si>
   <si>
     <t>#77 James Jensen - RG</t>
   </si>
   <si>
     <t>#67 Raymond Moore - LDE</t>
   </si>
   <si>
     <t>#96 Mark Massey - DT</t>
   </si>
   <si>
     <t>#70 James Smith - DT</t>
   </si>
   <si>
-    <t>#94 Richard Snavely - LDE</t>
+    <t>#94 Richard Snavely - RDE</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
     <t>#42 Bruce McNabb - SS</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>PSC 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-5-PPS 38 (12:20) 9-Timothy Babin pass Pass knocked down by 31-Derek Cooper. incomplete, intended for 86-Doug Edward.</t>
   </si>
   <si>
     <t>#19 Juan Martinez - WR</t>
   </si>
   <si>
     <t>12:15</t>
   </si>