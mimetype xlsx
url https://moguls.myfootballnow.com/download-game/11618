--- v1 (2026-01-25)
+++ v2 (2026-03-26)
@@ -308,51 +308,51 @@
   <si>
     <t>#98 Michael Robles - LDE</t>
   </si>
   <si>
     <t>#40 Calvin Garst - CB</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#21 Jeff Rosas - CB</t>
   </si>
   <si>
     <t>#31 Derek Cooper - CB</t>
   </si>
   <si>
     <t>#48 Daniel Timmerman - CB</t>
   </si>
   <si>
     <t>#57 Lee Davis - CB</t>
   </si>
   <si>
     <t>#21 Rafael Barrett - FS</t>
   </si>
   <si>
-    <t>#1 David Kim - LDE</t>
+    <t>#1 David Kim - RDE</t>
   </si>
   <si>
     <t>#21 Henry Joyner - CB</t>
   </si>
   <si>
     <t>#4 Glenn Tindell - K</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>BCB 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BCB 25 (15:00) 10-George Oliver pass complete to 3-Brandon Long to BCB 33 for 8 yards. Tackle by 56-Joseph Ainsworth.</t>
   </si>
   <si>
     <t>#10 George Oliver - QB</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#68 John Cowley - C</t>
   </si>
   <si>
     <t>#91 Norman Friedman - LDE</t>
   </si>
   <si>
     <t>#95 Matthew Evans - DT</t>
   </si>
   <si>
     <t>#92 Matthew Golding - LDE</t>
   </si>
   <si>
     <t>#70 Charles Smith - RDE</t>
   </si>
   <si>
     <t>#46 Joseph Ainsworth - CB</t>
   </si>
   <si>
     <t>#45 Herbert Mueller - CB</t>
   </si>
   <si>
-    <t>#49 Anthony Kellems - CB</t>
+    <t>#49 Anthony Kellems - FS</t>
   </si>
   <si>
     <t>#55 Seymour Mauk - MLB</t>
   </si>
   <si>
     <t>#54 Keith Redick - DT</t>
   </si>
   <si>
     <t>#27 Gerald Hackett - CB</t>
   </si>
   <si>
     <t>#44 Salvatore Dixon - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>BCB 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-2-BCB 33 (14:25) 10-George Oliver sacked at BCB 22 for -11 yards (91-Norman Friedman). Sack allowed by 3-Brandon Long. 3-Brandon Long was completely beat on that play.</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>#72 Sherman Miller - RG</t>
   </si>
   <si>
     <t>#65 George Reid - LG</t>
   </si>
   <si>
     <t>#66 George Sova - C</t>
   </si>
   <si>
     <t>#68 Christian Gainer - RG</t>
   </si>
   <si>
     <t>#77 James Jensen - RG</t>
   </si>
   <si>
     <t>#67 Raymond Moore - LDE</t>
   </si>
   <si>
     <t>#96 Mark Massey - DT</t>
   </si>
   <si>
     <t>#70 James Smith - DT</t>
   </si>
   <si>
-    <t>#94 Richard Snavely - RDE</t>
+    <t>#94 Richard Snavely - LDE</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
     <t>#42 Bruce McNabb - SS</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>PSC 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-5-PPS 38 (12:20) 9-Timothy Babin pass Pass knocked down by 31-Derek Cooper. incomplete, intended for 86-Doug Edward.</t>
   </si>
   <si>
     <t>#19 Juan Martinez - WR</t>
   </si>
   <si>
     <t>12:15</t>
   </si>