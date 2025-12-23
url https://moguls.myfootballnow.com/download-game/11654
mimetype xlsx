--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Bradley Tate kicks 72 yards from BKT 35 to BCB -7. 87-Manuel Williams to BCB 20 for 28 yards. Tackle by 39-William Rochester.</t>
   </si>
   <si>
     <t>#87 Manuel Williams - WR</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
     <t>#40 Calvin Garst - CB</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#21 Jeff Rosas - CB</t>
   </si>
   <si>
     <t>#31 Derek Cooper - CB</t>
   </si>
   <si>
-    <t>#1 David Kim - WLB</t>
+    <t>#1 David Kim - LDE</t>
   </si>
   <si>
     <t>#57 Lee Davis - CB</t>
   </si>
   <si>
     <t>#21 Rafael Barrett - FS</t>
   </si>
   <si>
     <t>#98 Michael Robles - LDE</t>
   </si>
   <si>
     <t>#21 Henry Joyner - CB</t>
   </si>
   <si>
     <t>#5 Bradley Tate - K</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BCB 20</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#32 William Bowden - WR</t>
   </si>
   <si>
     <t>#81 Jeff Greenwood - TE</t>
   </si>
   <si>
     <t>#42 Robert Held - WR</t>
   </si>
   <si>
     <t>#18 Michael Zimmerman - WR</t>
   </si>
   <si>
     <t>#30 Michael Martin - WR</t>
   </si>
   <si>
     <t>#54 Johnathan Ayers - C</t>
   </si>
   <si>
     <t>#79 Thomas Boston - C</t>
   </si>
   <si>
     <t>#60 Joe Hoffman - C</t>
   </si>
   <si>
-    <t>#62 Michael Rice - C</t>
+    <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#69 Raymond Thomas - C</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#99 Robert Stephenson - LDE</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#41 Rex Debose - CB</t>
   </si>
   <si>
     <t>#49 Thomas Herrington - CB</t>
   </si>
   <si>
     <t>#42 Douglas Kleinschmidt - CB</t>
   </si>