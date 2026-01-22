--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -602,51 +602,51 @@
   <si>
     <t>#89 Angel Martin - C</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>BCB 30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-BCB 30 (12:52) 16-Jeremiah Hunter 47 yard field goal is GOOD. BKT 3 BCB 0</t>
   </si>
   <si>
     <t>#52 Diego Chambers - C</t>
   </si>
   <si>
     <t>#16 Jeremiah Hunter - K</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#74 Spencer  Drango - RG</t>
   </si>
   <si>
     <t>#60 Joe Bostic - RG</t>
   </si>
   <si>
     <t>#94 Richard Snavely - RDE</t>
   </si>
   <si>
     <t>#51 James Siefert - RDE</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>(12:49) 4-Bradley Tate kicks 74 yards from BKT 35 to BCB -9. Touchback.</t>
   </si>
   <si>
     <t>BCB 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>