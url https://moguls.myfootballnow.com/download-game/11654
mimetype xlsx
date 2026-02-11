--- v2 (2026-01-22)
+++ v3 (2026-02-11)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Bradley Tate kicks 72 yards from BKT 35 to BCB -7. 87-Manuel Williams to BCB 20 for 28 yards. Tackle by 39-William Rochester.</t>
   </si>
   <si>
     <t>#87 Manuel Williams - WR</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
     <t>#40 Calvin Garst - CB</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#21 Jeff Rosas - CB</t>
   </si>
   <si>
     <t>#31 Derek Cooper - CB</t>
   </si>
   <si>
-    <t>#1 David Kim - LDE</t>
+    <t>#1 David Kim - RDE</t>
   </si>
   <si>
     <t>#57 Lee Davis - CB</t>
   </si>
   <si>
     <t>#21 Rafael Barrett - FS</t>
   </si>
   <si>
     <t>#98 Michael Robles - LDE</t>
   </si>
   <si>
     <t>#21 Henry Joyner - CB</t>
   </si>
   <si>
     <t>#5 Bradley Tate - K</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BCB 20</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-BCB 30 (12:52) 16-Jeremiah Hunter 47 yard field goal is GOOD. BKT 3 BCB 0</t>
   </si>
   <si>
     <t>#52 Diego Chambers - C</t>
   </si>
   <si>
     <t>#16 Jeremiah Hunter - K</t>
   </si>
   <si>
     <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#74 Spencer  Drango - RG</t>
   </si>
   <si>
     <t>#60 Joe Bostic - RG</t>
   </si>
   <si>
-    <t>#94 Richard Snavely - RDE</t>
+    <t>#94 Richard Snavely - LDE</t>
   </si>
   <si>
     <t>#51 James Siefert - RDE</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>(12:49) 4-Bradley Tate kicks 74 yards from BKT 35 to BCB -9. Touchback.</t>
   </si>
   <si>
     <t>BCB 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-BCB 25 (12:49) 10-George Oliver pass Pass knocked down by 48-Charles Aguilar. incomplete, intended for 30-Michael Martin.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>