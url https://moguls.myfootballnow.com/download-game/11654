--- v3 (2026-02-11)
+++ v4 (2026-03-22)
@@ -491,51 +491,51 @@
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#12 Tank Turner - WR</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#11 Troy Sullivan - RB</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#67 Raymond Moore - LDE</t>
   </si>
   <si>
     <t>#96 Mark Massey - DT</t>
   </si>
   <si>
     <t>#70 James Smith - DT</t>
   </si>
   <si>
     <t>#77 Jorge Farkas - RDE</t>
   </si>
   <si>
     <t>#42 Bruce McNabb - SS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>