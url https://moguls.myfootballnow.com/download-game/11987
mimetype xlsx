--- v0 (2026-02-11)
+++ v1 (2026-03-22)
@@ -467,51 +467,51 @@
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#12 Tank Turner - WR</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#11 Troy Sullivan - RB</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#64 Walter Grant - RDE</t>
   </si>
   <si>
     <t>#79 Charles Bennett - DT</t>
   </si>
   <si>
     <t>#77 Ace Spades - LDE</t>
   </si>
   <si>
     <t>#56 Ralph Rodgers - RDE</t>
   </si>
   <si>
     <t>#96 Henry Carter - WLB</t>
   </si>
   <si>
     <t>#22 Thomas Henderson - WLB</t>
   </si>