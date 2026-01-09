--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -290,51 +290,51 @@
   <si>
     <t>THT</t>
   </si>
   <si>
     <t>THT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Luis Hancock kicks 70 yards from THT 35 to RCR -5. Touchback.</t>
   </si>
   <si>
     <t>#19 Walter Dixon - WR</t>
   </si>
   <si>
     <t>#91 Douglas Bowes - DT</t>
   </si>
   <si>
     <t>#51 Adolfo Hebert - WLB</t>
   </si>
   <si>
-    <t>#97 Scott Larsen - WLB</t>
+    <t>#99 Scott Larsen - WLB</t>
   </si>
   <si>
     <t>#93 Kenneth Alexander - LDE</t>
   </si>
   <si>
     <t>#43 Donald Thompson - WLB</t>
   </si>
   <si>
     <t>#72 Raymond Michell - RDE</t>
   </si>
   <si>
     <t>#35 Thomas Medrano - CB</t>
   </si>
   <si>
     <t>#39 Jeffrey Galarza - CB</t>
   </si>
   <si>
     <t>#74 Charles Ballard - DT</t>
   </si>
   <si>
     <t>#98 Wallace Best - MLB</t>
   </si>
   <si>
     <t>#7 Luis Hancock - K</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-RCR 25 (15:00) 16-Justin Batten ran to RCR 24 for -1 yards. Tackle by 55-Martin Aguilera.</t>
   </si>
   <si>
     <t>#12 Roger Ahmed - QB</t>
   </si>
   <si>
     <t>#16 Justin Batten - WR</t>
   </si>
   <si>
     <t>#29 Lee Porter - TE</t>
   </si>
   <si>
     <t>#30 George Rioux - FB</t>
   </si>
   <si>
     <t>#24 Michael Atwood - WR</t>
   </si>
   <si>
     <t>#19 Robert Peeler - WR</t>
   </si>
   <si>
     <t>#77 Donald Earhart - LT</t>
   </si>
   <si>
-    <t>#77 Eric Teel - LT</t>
+    <t>#51 Eric Teel - LT</t>
   </si>
   <si>
     <t>#58 Jerry Mitchell - C</t>
   </si>
   <si>
     <t>#79 William Spencer - LG</t>
   </si>
   <si>
     <t>#75 Christopher Aleman - LG</t>
   </si>
   <si>
     <t>#97 George Hostetter - RDE</t>
   </si>
   <si>
     <t>#66 Andre King - DT</t>
   </si>
   <si>
     <t>#50 Larry Spicer - DT</t>
   </si>
   <si>
     <t>#78 Jose Witmer - RDE</t>
   </si>
   <si>
     <t>#98 Ricardo Henderson - MLB</t>
   </si>
@@ -521,60 +521,60 @@
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>THT 28</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-THT 28 (13:01) 82-David Jeppesen ran to THT 30 for 1 yards. Tackle by 94-Adolfo Hebert.</t>
   </si>
   <si>
     <t>#3 Billy Head - QB</t>
   </si>
   <si>
     <t>#24 David Jeppesen - WR</t>
   </si>
   <si>
     <t>#65 Stephan Blaisdell - RT</t>
   </si>
   <si>
-    <t>#83 David Coats - WR</t>
+    <t>#14 David Coats - WR</t>
   </si>
   <si>
     <t>#16 Frank Miller - WR</t>
   </si>
   <si>
     <t>#19 Matthew Lewandowski - WR</t>
   </si>
   <si>
-    <t>#77 Flint “Sandman” Marko - LT</t>
+    <t>#77 Flint “Sandman” Marko - RG</t>
   </si>
   <si>
     <t>#66 Jerry White - LG</t>
   </si>
   <si>
     <t>#70 Tod Smith - C</t>
   </si>
   <si>
     <t>#68 Gregory Johnson - LT</t>
   </si>
   <si>
     <t>#73 James Neff - RT</t>
   </si>
   <si>
     <t>#63 Chris Marceau - RDE</t>
   </si>
   <si>
     <t>#52 Jared Fuselier - DT</t>
   </si>
   <si>
     <t>#30 John Smith - CB</t>
   </si>
   <si>
     <t>#40 Calvin Garst - CB</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>(9:26) Extra point GOOD by 14-Robert Rodriguez. RCR 7 THT 0</t>
   </si>
   <si>
     <t>#14 Robert Rodriguez - K</t>
   </si>
   <si>
     <t>(9:26) 14-Robert Rodriguez kicks 69 yards from RCR 35 to THT -4. Touchback.</t>
   </si>
   <si>
     <t>#21 Reynaldo Warren - RB</t>
   </si>
   <si>
     <t>#47 Joe Bell - CB</t>
   </si>
   <si>
     <t>THT 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-THT 25 (9:26) 25-Salvatore Lay ran to THT 26 for 1 yards. Tackle by 93-Kenneth Alexander.</t>
   </si>
   <si>
-    <t>#5 Claude Shoffner - QB</t>
+    <t>#6 Claude Shoffner - QB</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>2-9-THT 26 (8:47) 5-Claude Shoffner pass complete to 13-Gerry Bray to THT 34 for 8 yards. Tackle by 35-Thomas Medrano. 13-Gerry Bray breaks down the CB.</t>
   </si>
   <si>
     <t>#88 Matthew Romero - WR</t>
   </si>
   <si>
     <t>#13 Gerry Bray - WR</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>THT 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-1-THT 34 (8:13) 25-Salvatore Lay ran to THT 40 for 6 yards. Tackle by 35-Thomas Medrano.</t>
   </si>