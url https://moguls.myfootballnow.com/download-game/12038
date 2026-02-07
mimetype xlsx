--- v0 (2026-01-09)
+++ v1 (2026-02-07)
@@ -533,51 +533,51 @@
   <si>
     <t>1-10-BAN 8 (12:06) 16-Jose Mancini pass complete to 82-Vernon Carroll to BAN 13 for 5 yards. Tackle by 40-Clifford Blais. Pressure by 64-Harold Norris.</t>
   </si>
   <si>
     <t>#16 Jose Mancini - QB</t>
   </si>
   <si>
     <t>#84 Larry Camacho - WR</t>
   </si>
   <si>
     <t>#49 Andrew Carter - FB</t>
   </si>
   <si>
     <t>#80 Vernon Carroll - TE</t>
   </si>
   <si>
     <t>#18 John Abbott - WR</t>
   </si>
   <si>
     <t>#83 Robert Ro - WR</t>
   </si>
   <si>
     <t>#67 Cruz Newell - RG</t>
   </si>
   <si>
-    <t>#73 Jonathan Dickerson - LG</t>
+    <t>#64 Jonathan Dickerson - LG</t>
   </si>
   <si>
     <t>#76 Jason Robinette - RG</t>
   </si>
   <si>
     <t>#63 Ramon Bradley - LT</t>
   </si>
   <si>
     <t>#61 Douglas Holland - RT</t>
   </si>
   <si>
     <t>#53 Bert Enernie - DT</t>
   </si>
   <si>
     <t>#69 Zachary King - DT</t>
   </si>
   <si>
     <t>#69 James Brewer - DT</t>
   </si>
   <si>
     <t>#64 Harold Norris - LDE</t>
   </si>
   <si>
     <t>#92 Roger Anson - RDE</t>
   </si>