--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -503,99 +503,99 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-SLC 31 (12:23) 19-Christopher Best punts 45 yards to RCR 24. Fair Catch by 11-Walter Dixon.</t>
   </si>
   <si>
     <t>#19 Christopher Best - P</t>
   </si>
   <si>
     <t>#74 Eddie Petrie - LT</t>
   </si>
   <si>
     <t>#19 Walter Dixon - WR</t>
   </si>
   <si>
     <t>#52 Jared Fuselier - DT</t>
   </si>
   <si>
     <t>#55 David Lewis - RT</t>
   </si>
   <si>
-    <t>#54 Richard Aguayo - C</t>
+    <t>#60 Richard Aguayo - C</t>
   </si>
   <si>
     <t>#92 Jermaine Huntley - RDE</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>RCR 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-RCR 24 (12:16) 23-George Mills ran to RCR 19 for -5 yards. Tackle by 99-Joe Suggs. 80-James Turner completely missed his blocking assignment. PENALTY - Facemask (SLC 99-Joe Suggs)</t>
   </si>
   <si>
     <t>#12 Roger Ahmed - QB</t>
   </si>
   <si>
     <t>#23 George Mills - RB</t>
   </si>
   <si>
     <t>#87 James Turner - TE</t>
   </si>
   <si>
     <t>#19 Robert Peeler - WR</t>
   </si>
   <si>
     <t>#16 Justin Batten - WR</t>
   </si>
   <si>
     <t>#87 James Smith - WR</t>
   </si>
   <si>
     <t>#57 Jeffrey Walker - LT</t>
   </si>
   <si>
     <t>#79 William Spencer - LG</t>
   </si>
   <si>
     <t>#61 Larry Fink - C</t>
   </si>
   <si>
-    <t>#77 Eric Teel - LT</t>
+    <t>#51 Eric Teel - LT</t>
   </si>
   <si>
     <t>#65 Steven Amick - RT</t>
   </si>
   <si>
     <t>#99 Joe Suggs - LDE</t>
   </si>
   <si>
     <t>#66 Ricky Suggs - RDE</t>
   </si>
   <si>
     <t>#96 Rickey Campbell - DT</t>
   </si>
   <si>
     <t>#39 Lonnie Crawford - CB</t>
   </si>
   <si>
     <t>#49 Dominique Williams - CB</t>
   </si>
   <si>
     <t>#41 Albert Richarson - SS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>2-5-SLC 37 (8:52) 24-Michael Atwood ran to SLC 38 for -1 yards. Tackle by 31-Dominique Williams. SLC 57-Carl Hess was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>MEM 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-6-SLC 38 (8:17) 23-George Mills ran to SLC 32 for 6 yards. Tackle by 36-Albert Richarson.</t>
   </si>
   <si>
     <t>#29 Lee Porter - TE</t>
   </si>
   <si>
-    <t>#69 William Anderson - LDE</t>
+    <t>#69 William Anderson - RDE</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-SLC 32 (7:36) 14-Robert Rodriguez 51 yard field goal is GOOD. SLC 0 RCR 3</t>
   </si>
   <si>
     <t>#7 Salvador Jamieson - P</t>
   </si>
   <si>
     <t>#58 Jerry Mitchell - C</t>
   </si>
   <si>
     <t>#78 Ben King - C</t>
   </si>
   <si>
     <t>#77 Donald Earhart - LT</t>
   </si>
@@ -1094,51 +1094,51 @@
   <si>
     <t>RCR 15</t>
   </si>
   <si>
     <t>(7:31) Extra point GOOD by 6-Mark Castellanos. SLC 7 RCR 3</t>
   </si>
   <si>
     <t>#4 Charles Colman - QB</t>
   </si>
   <si>
     <t>#6 Mark Castellanos - K</t>
   </si>
   <si>
     <t>#71 Tony Allan - RG</t>
   </si>
   <si>
     <t>#98 Michael Robles - LDE</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(7:31) 6-Mark Castellanos kicks 62 yards from SLC 35 to RCR 3. 11-Walter Dixon to RCR 28 for 25 yards. Tackle by 91-Andrew Horton. 58-Wallace Best was completely beat on that play.</t>
   </si>
   <si>
-    <t>#97 Scott Larsen - WLB</t>
+    <t>#99 Scott Larsen - WLB</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>RCR 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-RCR 28 (7:27) 12-Roger Ahmed pass incomplete, dropped by 19-Robert Peeler.</t>
   </si>
   <si>
     <t>#39 Herbert Hood - CB</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>2-10-RCR 28 (7:24) 23-George Mills ran to RCR 36 for 9 yards. Tackle by 39-Lonnie Crawford. RCR 61-Larry Fink was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>