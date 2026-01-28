--- v1 (2025-12-29)
+++ v2 (2026-01-28)
@@ -1709,51 +1709,51 @@
   <si>
     <t>1-10-SLC 25 (3:21) 5-Thomas Nash pass Pass knocked down by 40-Calvin Garst. incomplete, intended for 88-Timothy Copeland.</t>
   </si>
   <si>
     <t>3:18</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>2-10-SLC 25 (3:19) 5-Thomas Nash pass complete to 40-William Taylor to SLC 32 for 7 yards. Tackle by 58-Wallace Best. 40-William Taylor breaks down the CB.</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>3-3-SLC 32 (2:37) 5-Thomas Nash pass complete to 88-Timothy Copeland to SLC 38 for 6 yards. Tackle by 93-Kenneth Alexander. 88-Timothy Copeland did some fancy footwork there.</t>
   </si>
   <si>
     <t>2:14</t>
   </si>
   <si>
     <t>1-10-SLC 38 (2:13) 5-Thomas Nash pass complete to 10-Alvaro Williams to SLC 42 for 5 yards. Tackle by 35-Thomas Medrano.</t>
   </si>
   <si>
-    <t>#97 Scott Randle - MLB</t>
+    <t>#96 Scott Randle - MLB</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-5-SLC 42 (2:00) 5-Thomas Nash sacked at SLC 35 for -7 yards (66-Raymond Michell). Sack allowed by 77-Joseph Dyer.</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>3-12-SLC 35 (1:40) 5-Thomas Nash pass complete to 24-Frank Jenkins to SLC 45 for 9 yards. Tackle by 93-Kenneth Alexander.</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>Timeout SLC</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>4-3-SLC 45 (1:34) 5-Thomas Nash pass Pass knocked down by 58-Wallace Best. incomplete, intended for 22-Raishawn  Allison. Turnover on downs.</t>
   </si>