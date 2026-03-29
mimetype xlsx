--- v2 (2026-01-28)
+++ v3 (2026-03-29)
@@ -290,51 +290,51 @@
   <si>
     <t>RCR</t>
   </si>
   <si>
     <t>RCR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Robert Rodriguez kicks 74 yards from RCR 35 to SLC -9. 14-Mark McCants to SLC 21 for 31 yards. Tackle by 95-Scott Larsen.</t>
   </si>
   <si>
     <t>#14 Mark McCants - RB</t>
   </si>
   <si>
     <t>#36 Fredrick Holmes - CB</t>
   </si>
   <si>
     <t>#98 Todd Davis - DT</t>
   </si>
   <si>
-    <t>#95 Andrew Horton - MLB</t>
+    <t>#52 Andrew Horton - MLB</t>
   </si>
   <si>
     <t>#26 Joseph Thomas - FS</t>
   </si>
   <si>
     <t>#9 Otto Ocean  - SS</t>
   </si>
   <si>
     <t>#44 Korey Hernandez - CB</t>
   </si>
   <si>
     <t>#48 Ehren Lancer - SLB</t>
   </si>
   <si>
     <t>#57 Carl Hess - WLB</t>
   </si>
   <si>
     <t>#13 Scully "Bones" Jones - FS</t>
   </si>
   <si>
     <t>#8 Luis Schneider - SLB</t>
   </si>
   <si>
     <t>#14 Robert Rodriguez - K</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#65 Jason Gibson - C</t>
   </si>
   <si>
     <t>#73 Dale Glover - RG</t>
   </si>
   <si>
     <t>#69 Randy Fuller - RT</t>
   </si>
   <si>
     <t>#42 Bruce McNabb - SS</t>
   </si>
   <si>
     <t>#50 Grant Collins - DT</t>
   </si>
   <si>
     <t>#74 Charles Ballard - DT</t>
   </si>
   <si>
     <t>#72 Raymond Michell - RDE</t>
   </si>
   <si>
     <t>#93 Kenneth Alexander - LDE</t>
   </si>
   <si>
-    <t>#98 Wallace Best - MLB</t>
+    <t>#40 Wallace Best - SLB</t>
   </si>
   <si>
     <t>#97 Joe Lugo - WLB</t>
   </si>
   <si>
     <t>#40 Calvin Garst - CB</t>
   </si>
   <si>
     <t>#35 Thomas Medrano - CB</t>
   </si>
   <si>
     <t>#29 Alfred Malloy - CB</t>
   </si>
   <si>
     <t>#38 William Zimmerman - FS</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
@@ -503,99 +503,99 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-SLC 31 (12:23) 19-Christopher Best punts 45 yards to RCR 24. Fair Catch by 11-Walter Dixon.</t>
   </si>
   <si>
     <t>#19 Christopher Best - P</t>
   </si>
   <si>
     <t>#74 Eddie Petrie - LT</t>
   </si>
   <si>
     <t>#19 Walter Dixon - WR</t>
   </si>
   <si>
     <t>#52 Jared Fuselier - DT</t>
   </si>
   <si>
     <t>#55 David Lewis - RT</t>
   </si>
   <si>
-    <t>#60 Richard Aguayo - C</t>
+    <t>#50 Richard Aguayo - C</t>
   </si>
   <si>
     <t>#92 Jermaine Huntley - RDE</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>RCR 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-RCR 24 (12:16) 23-George Mills ran to RCR 19 for -5 yards. Tackle by 99-Joe Suggs. 80-James Turner completely missed his blocking assignment. PENALTY - Facemask (SLC 99-Joe Suggs)</t>
   </si>
   <si>
     <t>#12 Roger Ahmed - QB</t>
   </si>
   <si>
     <t>#23 George Mills - RB</t>
   </si>
   <si>
     <t>#87 James Turner - TE</t>
   </si>
   <si>
     <t>#19 Robert Peeler - WR</t>
   </si>
   <si>
     <t>#16 Justin Batten - WR</t>
   </si>
   <si>
     <t>#87 James Smith - WR</t>
   </si>
   <si>
     <t>#57 Jeffrey Walker - LT</t>
   </si>
   <si>
     <t>#79 William Spencer - LG</t>
   </si>
   <si>
     <t>#61 Larry Fink - C</t>
   </si>
   <si>
-    <t>#51 Eric Teel - LT</t>
+    <t>#69 Eric Teel - LT</t>
   </si>
   <si>
     <t>#65 Steven Amick - RT</t>
   </si>
   <si>
     <t>#99 Joe Suggs - LDE</t>
   </si>
   <si>
     <t>#66 Ricky Suggs - RDE</t>
   </si>
   <si>
     <t>#96 Rickey Campbell - DT</t>
   </si>
   <si>
     <t>#39 Lonnie Crawford - CB</t>
   </si>
   <si>
     <t>#49 Dominique Williams - CB</t>
   </si>
   <si>
     <t>#41 Albert Richarson - SS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>1-10-SLC 9 (13:35) 22-Raishawn  Allison ran to SLC 20 for 10 yards. Tackle by 34-Alfred Malloy.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>MEM 20</t>
   </si>
   <si>
     <t>Singleback 4 Wide WR Crosses</t>
   </si>
   <si>
     <t>1-10-SLC 20 (12:51) 5-Thomas Nash pass Pass knocked down by 58-Wallace Best. incomplete, intended for 18-Herbert Wampler. RCR 66-Raymond Michell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-SLC 20 (12:48) 24-Frank Jenkins ran to SLC 20 for a short loss. Tackle by 48-Jeffrey Galarza.</t>
   </si>
   <si>
-    <t>#16 Robert Lederer - RB</t>
+    <t>#5 Robert Lederer - RB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>Dime Normal Cover 2</t>
   </si>
   <si>
     <t>3-10-SLC 20 (12:03) 5-Thomas Nash pass complete to 89-Carl Stevens to SLC 38 for 19 yards. Tackle by 58-Wallace Best. PENALTY - Offsides (RCR 55-Bruce McNabb) (Declined)</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>1-10-SLC 38 (12:00) 22-Raishawn  Allison ran to SLC 47 for 9 yards. Tackle by 48-Jeffrey Galarza.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>MEM 47</t>
   </si>
   <si>
     <t>2-1-SLC 47 (11:22) 24-Frank Jenkins ran to RCR 44 for 9 yards. Tackle by 40-Calvin Garst.</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>RCR 5</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-5-RCR 5 (7:35) 5-Thomas Nash pass Pass knocked down by 40-Calvin Garst. incomplete, intended for 88-Timothy Copeland.</t>
   </si>
   <si>
     <t>3-5-RCR 5 (7:33) 22-Raishawn  Allison ran to RCR 0 for 5 yards. TOUCHDOWN! SLC 6 RCR 3</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
     <t>RCR 15</t>
   </si>
   <si>
     <t>(7:31) Extra point GOOD by 6-Mark Castellanos. SLC 7 RCR 3</t>
   </si>
   <si>
-    <t>#4 Charles Colman - QB</t>
+    <t>#19 Charles Colman - QB</t>
   </si>
   <si>
     <t>#6 Mark Castellanos - K</t>
   </si>
   <si>
     <t>#71 Tony Allan - RG</t>
   </si>
   <si>
     <t>#98 Michael Robles - LDE</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>(7:31) 6-Mark Castellanos kicks 62 yards from SLC 35 to RCR 3. 11-Walter Dixon to RCR 28 for 25 yards. Tackle by 91-Andrew Horton. 58-Wallace Best was completely beat on that play.</t>
   </si>
   <si>
     <t>#99 Scott Larsen - WLB</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>RCR 28</t>
   </si>
@@ -1709,51 +1709,51 @@
   <si>
     <t>1-10-SLC 25 (3:21) 5-Thomas Nash pass Pass knocked down by 40-Calvin Garst. incomplete, intended for 88-Timothy Copeland.</t>
   </si>
   <si>
     <t>3:18</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>2-10-SLC 25 (3:19) 5-Thomas Nash pass complete to 40-William Taylor to SLC 32 for 7 yards. Tackle by 58-Wallace Best. 40-William Taylor breaks down the CB.</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>3-3-SLC 32 (2:37) 5-Thomas Nash pass complete to 88-Timothy Copeland to SLC 38 for 6 yards. Tackle by 93-Kenneth Alexander. 88-Timothy Copeland did some fancy footwork there.</t>
   </si>
   <si>
     <t>2:14</t>
   </si>
   <si>
     <t>1-10-SLC 38 (2:13) 5-Thomas Nash pass complete to 10-Alvaro Williams to SLC 42 for 5 yards. Tackle by 35-Thomas Medrano.</t>
   </si>
   <si>
-    <t>#96 Scott Randle - MLB</t>
+    <t>#96 Scott Randle - LDE</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-5-SLC 42 (2:00) 5-Thomas Nash sacked at SLC 35 for -7 yards (66-Raymond Michell). Sack allowed by 77-Joseph Dyer.</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>3-12-SLC 35 (1:40) 5-Thomas Nash pass complete to 24-Frank Jenkins to SLC 45 for 9 yards. Tackle by 93-Kenneth Alexander.</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>Timeout SLC</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>4-3-SLC 45 (1:34) 5-Thomas Nash pass Pass knocked down by 58-Wallace Best. incomplete, intended for 22-Raishawn  Allison. Turnover on downs.</t>
   </si>