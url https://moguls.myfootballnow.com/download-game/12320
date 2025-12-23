--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -305,51 +305,51 @@
   <si>
     <t>#18 Williams Harrell - WR</t>
   </si>
   <si>
     <t>#48 Edward Smith - CB</t>
   </si>
   <si>
     <t>#88 Juan Clark - WR</t>
   </si>
   <si>
     <t>#36 Ollie Jones - CB</t>
   </si>
   <si>
     <t>#28 Henry Anderson - LG</t>
   </si>
   <si>
     <t>#31 Johnny Guerrero - CB</t>
   </si>
   <si>
     <t>#99 Michael Minch - MLB</t>
   </si>
   <si>
     <t>#98 James Haley - WLB</t>
   </si>
   <si>
-    <t>#22 Kevin Porter - CB</t>
+    <t>#43 Kevin Porter - CB</t>
   </si>
   <si>
     <t>#18 Travis Daniel - WR</t>
   </si>
   <si>
     <t>#92 Charles Choe - DT</t>
   </si>
   <si>
     <t>#5 Bradley Tate - K</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 25 (15:00) 10-Andy Smith ran to SFO 27 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#65 James Stokes - LDE</t>
   </si>
   <si>
     <t>#76 Daniel Schuler - DT</t>
   </si>
   <si>
     <t>#56 Raymond Wooten - MLB</t>
   </si>
   <si>
     <t>#93 Adam Allen - RDE</t>
   </si>
   <si>
     <t>#50 Joseph Grant - DT</t>
   </si>
   <si>
     <t>#94 Thomas Flippen - CB</t>
   </si>
   <si>
-    <t>#40 James Lee - CB</t>
+    <t>#42 James Lee - CB</t>
   </si>
   <si>
     <t>#45 James Taylor - CB</t>
   </si>
   <si>
     <t>#23 John Whitcomb - CB</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>BKT 17</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BKT 17 (9:33) 4-Charles Puleri pass complete to 9-Christopher Sowell to BKT 24 for 8 yards. Tackle by 50-Joseph Grant.</t>
   </si>
   <si>
     <t>#14 Richard Collins - WR</t>
   </si>
   <si>
     <t>#33 Benjamin Powers - CB</t>
   </si>