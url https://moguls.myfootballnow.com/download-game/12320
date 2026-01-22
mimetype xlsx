--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -788,51 +788,51 @@
   <si>
     <t>#91 Gregory Harvey - MLB</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>BKT 37</t>
   </si>
   <si>
     <t>3-19-BKT 37 (4:53) 4-Charles Puleri pass complete to 7-Tank Turner to BKT 40 for 4 yards. Tackle by 92-Charles Choe. SFO 40-James Lee was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>4-15-BKT 40 (4:16) 15-Robert Chon punts 44 yards to SFO 15. Fair Catch by 24-Williams Harrell.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#60 Donald McDaniel - C</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#74 Spencer  Drango - RG</t>
   </si>
   <si>
     <t>#55 Terry Sawyers - SLB</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>SFO 15</t>
   </si>
   <si>
     <t>1-10-SFO 15 (4:09) 10-Andy Smith ran to SFO 18 for 3 yards. Tackle by 27-Carl Zeiger.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>SFO 18</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>