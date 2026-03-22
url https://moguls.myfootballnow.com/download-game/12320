--- v2 (2026-01-22)
+++ v3 (2026-03-22)
@@ -290,51 +290,51 @@
   <si>
     <t>BKT</t>
   </si>
   <si>
     <t>BKT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Bradley Tate kicks 75 yards from BKT 35 to SFO -10. Touchback.</t>
   </si>
   <si>
     <t>#18 Williams Harrell - WR</t>
   </si>
   <si>
     <t>#48 Edward Smith - CB</t>
   </si>
   <si>
     <t>#88 Juan Clark - WR</t>
   </si>
   <si>
-    <t>#36 Ollie Jones - CB</t>
+    <t>#21 Ollie Jones - CB</t>
   </si>
   <si>
     <t>#28 Henry Anderson - LG</t>
   </si>
   <si>
     <t>#31 Johnny Guerrero - CB</t>
   </si>
   <si>
     <t>#99 Michael Minch - MLB</t>
   </si>
   <si>
     <t>#98 James Haley - WLB</t>
   </si>
   <si>
     <t>#43 Kevin Porter - CB</t>
   </si>
   <si>
     <t>#18 Travis Daniel - WR</t>
   </si>
   <si>
     <t>#92 Charles Choe - DT</t>
   </si>
   <si>
     <t>#5 Bradley Tate - K</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#12 Tank Turner - WR</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#11 Troy Sullivan - RB</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#65 James Stokes - LDE</t>
   </si>
   <si>
     <t>#76 Daniel Schuler - DT</t>
   </si>
   <si>
     <t>#56 Raymond Wooten - MLB</t>
   </si>
   <si>
     <t>#93 Adam Allen - RDE</t>
   </si>
   <si>
     <t>#50 Joseph Grant - DT</t>
   </si>
   <si>
     <t>#94 Thomas Flippen - CB</t>
   </si>