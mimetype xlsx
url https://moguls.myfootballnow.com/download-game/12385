--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -281,57 +281,57 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PSC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>BCB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Frederic Clanton kicks 75 yards from BCB 35 to PSC -10. Touchback.</t>
   </si>
   <si>
-    <t>#86 Doug Edward - WR</t>
+    <t>#83 Doug Edward - WR</t>
   </si>
   <si>
     <t>#72 Gene Wanda - DT</t>
   </si>
   <si>
-    <t>#25 Keith Redick - CB</t>
+    <t>#54 Keith Redick - SLB</t>
   </si>
   <si>
     <t>#55 Seymour Mauk - MLB</t>
   </si>
   <si>
     <t>#49 Anthony Kellems - CB</t>
   </si>
   <si>
     <t>#52 Benjamin Rogers - RDE</t>
   </si>
   <si>
     <t>#91 Norman Friedman - LDE</t>
   </si>
   <si>
     <t>#44 Salvatore Dixon - SS</t>
   </si>
   <si>
     <t>#32 Matthew Erwin - CB</t>
   </si>
   <si>
     <t>#47 John Merritt - FS</t>
   </si>
   <si>
     <t>#33 Joseph Ainsworth - CB</t>
   </si>
@@ -377,261 +377,261 @@
   <si>
     <t>#57 George Hardin - C</t>
   </si>
   <si>
     <t>#68 Christian Gainer - RG</t>
   </si>
   <si>
     <t>#71 Greg Benson - LT</t>
   </si>
   <si>
     <t>#67 Raymond Moore - LDE</t>
   </si>
   <si>
     <t>#70 James Smith - DT</t>
   </si>
   <si>
     <t>#96 Brady Cooper - DT</t>
   </si>
   <si>
     <t>#77 Jorge Farkas - RDE</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
-    <t>#1 David Kim - WLB</t>
+    <t>#1 David Kim - LDE</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#91 Howard William - CB</t>
   </si>
   <si>
     <t>#98 Jose Berard - CB</t>
   </si>
   <si>
-    <t>#99 Charles Maxwell - CB</t>
+    <t>#99 Charles Maxwell - FS</t>
   </si>
   <si>
     <t>#46 Roberto Bray - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>PSC 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-12-PSC 23 (14:19) 9-Timothy Babin pass complete to 86-Doug Edward to PSC 29 for 6 yards. Tackle by 42-Ricky Lundberg.</t>
   </si>
   <si>
     <t>#10 William Jackson - WR</t>
   </si>
   <si>
-    <t>#42 Ricky Lundberg - CB</t>
+    <t>#21 Ricky Lundberg - CB</t>
   </si>
   <si>
     <t>#78 Brett Reed - WLB</t>
   </si>
   <si>
-    <t>#34 Lee Huber - CB</t>
+    <t>#34 Lee Huber - FS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>PSC 29</t>
   </si>
   <si>
     <t>Shotgun 4 Wide In and Out</t>
   </si>
   <si>
     <t>3-6-PSC 29 (13:32) 9-Timothy Babin sacked at PSC 19 for -10 yards (67-Raymond Moore). Sack allowed by 67-Greg Benson. 67-Greg Benson totally missed that block.</t>
   </si>
   <si>
-    <t>#5 Charles Cooney - WR</t>
+    <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#15 Michael Dickson - WR</t>
   </si>
   <si>
     <t>#9 Robert Coleman - RB</t>
   </si>
   <si>
     <t>#87 Allen Shy - WR</t>
   </si>
   <si>
-    <t>#58 Dennis Hinkle - WLB</t>
+    <t>#58 Dennis Hinkle - RDE</t>
   </si>
   <si>
     <t>#22 John Lytle - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>PSC 19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-PSC 19 (12:56) 1-Taylor Hairston punts 42 yards to BCB 40. Fair Catch by 89-Nathaniel Smith.</t>
   </si>
   <si>
     <t>#1 Taylor Hairston - P</t>
   </si>
   <si>
     <t>#77 James Jensen - RG</t>
   </si>
   <si>
     <t>#89 Nathaniel Smith - WR</t>
   </si>
   <si>
     <t>#88 Oscar Cerny - TE</t>
   </si>
   <si>
     <t>#56 Donald Hutchinson - C</t>
   </si>
   <si>
     <t>#64 Michael Watts - RT</t>
   </si>
   <si>
-    <t>#94 Richard Snavely - LDE</t>
+    <t>#94 Richard Snavely - RDE</t>
   </si>
   <si>
     <t>#56 Brad Hicks - WLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>BCB 40</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-BCB 40 (12:50) 10-George Oliver pass complete to 12-Albert Harlan to BCB 45 for 6 yards. Tackle by 56-Joseph Ainsworth.</t>
   </si>
   <si>
     <t>#10 George Oliver - QB</t>
   </si>
   <si>
-    <t>#87 Terry Sanchez - WR</t>
-[...2 lines deleted...]
-    <t>#81 Jeff Greenwood - C</t>
+    <t>#87 Terry Sanchez - RB</t>
+  </si>
+  <si>
+    <t>#81 Jeff Greenwood - TE</t>
   </si>
   <si>
     <t>#11 Curt Haworth - WR</t>
   </si>
   <si>
     <t>#3 Paul Macdonald - RB</t>
   </si>
   <si>
     <t>#12 Albert Harlan - WR</t>
   </si>
   <si>
     <t>#54 Johnathan Ayers - C</t>
   </si>
   <si>
-    <t>#64 Anibal Guinn - C</t>
+    <t>#64 Anibal Guinn - RT</t>
   </si>
   <si>
     <t>#66 Ralph Stephens - C</t>
   </si>
   <si>
-    <t>#62 Michael Rice - C</t>
+    <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#69 William Burchfield - C</t>
   </si>
   <si>
     <t>#70 Charles Smith - RDE</t>
   </si>
   <si>
-    <t>#57 Shannon Ketcham - RDE</t>
+    <t>#57 Shannon Ketcham - DT</t>
   </si>
   <si>
     <t>#94 Alfonso Bradley - MLB</t>
   </si>
   <si>
     <t>#97 David Marshall - DT</t>
   </si>
   <si>
     <t>#38 Robert   Asbury Jr. - CB</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>BCB 45</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-BCB 45 (12:05) 87-Terry Sanchez ran to BCB 48 for 3 yards. Tackle by 33-John Merritt.</t>
   </si>
   <si>
-    <t>#38 Brandon Long - C</t>
+    <t>#38 Brandon Long - FB</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>BCB 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-2-BCB 48 (11:24) 5-Christopher Clayton ran to BCB 50 for 2 yards. Tackle by 33-John Merritt.</t>
   </si>
   <si>
-    <t>#5 Christopher Clayton - WR</t>
+    <t>#21 Christopher Clayton - RB</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>BCB 50</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BCB 50 (10:42) 10-George Oliver pass incomplete, intended for 84-Curt Haworth. Pressure by 91-Norman Friedman.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>2-10-BCB 50 (10:37) 10-George Oliver pass complete to 85-Eric Tapscott to PSC 45 for 5 yards. Tackle by 55-Seymour Mauk.</t>
   </si>
   <si>
     <t>#28 Eric Tapscott - RB</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>3-9-PSC 21 (7:22) 10-George Oliver pass incomplete, intended for 81-Jeff Greenwood.</t>
   </si>
   <si>
     <t>#26 Bobby Porterfield - WR</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-PSC 21 (7:18) 17-Frederic Clanton 39 yard field goal is GOOD. PSC 0 BCB 3</t>
   </si>
   <si>
     <t>#17 Carl Perkins - QB</t>
   </si>
   <si>
     <t>#64 Derek Mayfield - C</t>
   </si>
   <si>
-    <t>#75 Jon Anderson - RG</t>
+    <t>#75 Jon Anderson - C</t>
   </si>
   <si>
     <t>#73 Edwin Brown - LT</t>
   </si>
   <si>
     <t>#65 Charles Clegg - C</t>
   </si>
   <si>
     <t>#93 Rex Brown - WLB</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>(7:15) 17-Frederic Clanton kicks 74 yards from BCB 35 to PSC -9. 86-Doug Edward to PSC 30 for 40 yards. Tackle by 99-Charles Maxwell.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>PSC 30</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -1571,51 +1571,51 @@
   <si>
     <t>PSC 12</t>
   </si>
   <si>
     <t>1-10-PSC 12 (1:19) 9-Timothy Babin pass Pass knocked down by 53-Rolland Moreno. incomplete, intended for 82-Matt Barker.</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-PSC 12 (1:16) 30-Pedro Totten ran to PSC 10 for -2 yards. Tackle by 37-Richard Woodard.</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>3-12-PSC 10 (0:30) 9-Timothy Babin pass Pass knocked down by 53-Rolland Moreno. incomplete, intended for 86-Doug Edward.</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>4-12-PSC 10 (0:27) 1-Taylor Hairston punts 46 yards to BCB 44. 89-Nathaniel Smith to BCB 48 for 4 yards. Tackle by 44-Salvatore Dixon.</t>
   </si>
   <si>
-    <t>#85 Joseph Valero - WR</t>
+    <t>#85 Joseph Valero - RB</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>1-10-BCB 48 (0:19) 10-George Oliver pass Pass knocked down by 33-John Merritt. incomplete, intended for 81-Jeff Greenwood.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>2-10-BCB 48 (0:17) 10-George Oliver pass complete to 16-Paul Macdonald to PSC 32 for 19 yards. Tackle by 55-Seymour Mauk. 16-Paul Macdonald did some fancy footwork there. Pressure by 70-Charles Smith. The defense seems to be calling that same play a lot.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>PSC 32</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-PSC 32 (15:00) 5-Christopher Clayton ran to PSC 5 for 28 yards. Tackle by 46-James Washington. I think the defense might be using that play a bit too frequently.</t>
   </si>
@@ -2234,119 +2234,119 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD181"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="319.636" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">