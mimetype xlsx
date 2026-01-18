--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -287,75 +287,75 @@
   <si>
     <t>PSC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>BCB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Frederic Clanton kicks 75 yards from BCB 35 to PSC -10. Touchback.</t>
   </si>
   <si>
     <t>#83 Doug Edward - WR</t>
   </si>
   <si>
     <t>#72 Gene Wanda - DT</t>
   </si>
   <si>
-    <t>#54 Keith Redick - SLB</t>
+    <t>#54 Keith Redick - DT</t>
   </si>
   <si>
     <t>#55 Seymour Mauk - MLB</t>
   </si>
   <si>
     <t>#49 Anthony Kellems - CB</t>
   </si>
   <si>
     <t>#52 Benjamin Rogers - RDE</t>
   </si>
   <si>
     <t>#91 Norman Friedman - LDE</t>
   </si>
   <si>
     <t>#44 Salvatore Dixon - SS</t>
   </si>
   <si>
     <t>#32 Matthew Erwin - CB</t>
   </si>
   <si>
     <t>#47 John Merritt - FS</t>
   </si>
   <si>
-    <t>#33 Joseph Ainsworth - CB</t>
+    <t>#46 Joseph Ainsworth - CB</t>
   </si>
   <si>
     <t>#17 Frederic Clanton - K</t>
   </si>
   <si>
     <t>PSC</t>
   </si>
   <si>
     <t>PSC 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PSC 25 (15:00) 9-Timothy Babin pass complete to 30-Pedro Totten to PSC 23 for -2 yards. Tackle by 91-Howard William.</t>
   </si>
   <si>
     <t>#9 Timothy Babin - QB</t>
   </si>
   <si>
     <t>#30 Pedro Totten - RB</t>
   </si>
@@ -383,54 +383,54 @@
   <si>
     <t>#71 Greg Benson - LT</t>
   </si>
   <si>
     <t>#67 Raymond Moore - LDE</t>
   </si>
   <si>
     <t>#70 James Smith - DT</t>
   </si>
   <si>
     <t>#96 Brady Cooper - DT</t>
   </si>
   <si>
     <t>#77 Jorge Farkas - RDE</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
     <t>#1 David Kim - LDE</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
-    <t>#91 Howard William - CB</t>
-[...2 lines deleted...]
-    <t>#98 Jose Berard - CB</t>
+    <t>#4 Howard William - CB</t>
+  </si>
+  <si>
+    <t>#98 Jose Berard - FS</t>
   </si>
   <si>
     <t>#99 Charles Maxwell - FS</t>
   </si>
   <si>
     <t>#46 Roberto Bray - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>PSC 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-12-PSC 23 (14:19) 9-Timothy Babin pass complete to 86-Doug Edward to PSC 29 for 6 yards. Tackle by 42-Ricky Lundberg.</t>
   </si>
   <si>
     <t>#10 William Jackson - WR</t>
   </si>
@@ -476,93 +476,93 @@
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>PSC 19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-PSC 19 (12:56) 1-Taylor Hairston punts 42 yards to BCB 40. Fair Catch by 89-Nathaniel Smith.</t>
   </si>
   <si>
     <t>#1 Taylor Hairston - P</t>
   </si>
   <si>
     <t>#77 James Jensen - RG</t>
   </si>
   <si>
     <t>#89 Nathaniel Smith - WR</t>
   </si>
   <si>
-    <t>#88 Oscar Cerny - TE</t>
+    <t>#89 Oscar Cerny - WR</t>
   </si>
   <si>
     <t>#56 Donald Hutchinson - C</t>
   </si>
   <si>
     <t>#64 Michael Watts - RT</t>
   </si>
   <si>
     <t>#94 Richard Snavely - RDE</t>
   </si>
   <si>
     <t>#56 Brad Hicks - WLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>BCB 40</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-BCB 40 (12:50) 10-George Oliver pass complete to 12-Albert Harlan to BCB 45 for 6 yards. Tackle by 56-Joseph Ainsworth.</t>
   </si>
   <si>
     <t>#10 George Oliver - QB</t>
   </si>
   <si>
     <t>#87 Terry Sanchez - RB</t>
   </si>
   <si>
     <t>#81 Jeff Greenwood - TE</t>
   </si>
   <si>
     <t>#11 Curt Haworth - WR</t>
   </si>
   <si>
-    <t>#3 Paul Macdonald - RB</t>
+    <t>#3 Paul Macdonald - WR</t>
   </si>
   <si>
     <t>#12 Albert Harlan - WR</t>
   </si>
   <si>
     <t>#54 Johnathan Ayers - C</t>
   </si>
   <si>
     <t>#64 Anibal Guinn - RT</t>
   </si>
   <si>
     <t>#66 Ralph Stephens - C</t>
   </si>
   <si>
     <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#69 William Burchfield - C</t>
   </si>
   <si>
     <t>#70 Charles Smith - RDE</t>
   </si>
   <si>
     <t>#57 Shannon Ketcham - DT</t>
   </si>
@@ -2273,51 +2273,51 @@
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>