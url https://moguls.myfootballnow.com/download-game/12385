--- v2 (2026-01-18)
+++ v3 (2026-03-20)
@@ -293,51 +293,51 @@
   <si>
     <t>BCB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Frederic Clanton kicks 75 yards from BCB 35 to PSC -10. Touchback.</t>
   </si>
   <si>
     <t>#83 Doug Edward - WR</t>
   </si>
   <si>
     <t>#72 Gene Wanda - DT</t>
   </si>
   <si>
     <t>#54 Keith Redick - DT</t>
   </si>
   <si>
     <t>#55 Seymour Mauk - MLB</t>
   </si>
   <si>
-    <t>#49 Anthony Kellems - CB</t>
+    <t>#49 Anthony Kellems - FS</t>
   </si>
   <si>
     <t>#52 Benjamin Rogers - RDE</t>
   </si>
   <si>
     <t>#91 Norman Friedman - LDE</t>
   </si>
   <si>
     <t>#44 Salvatore Dixon - SS</t>
   </si>
   <si>
     <t>#32 Matthew Erwin - CB</t>
   </si>
   <si>
     <t>#47 John Merritt - FS</t>
   </si>
   <si>
     <t>#46 Joseph Ainsworth - CB</t>
   </si>
   <si>
     <t>#17 Frederic Clanton - K</t>
   </si>
   <si>
     <t>PSC</t>
   </si>
@@ -350,93 +350,93 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PSC 25 (15:00) 9-Timothy Babin pass complete to 30-Pedro Totten to PSC 23 for -2 yards. Tackle by 91-Howard William.</t>
   </si>
   <si>
     <t>#9 Timothy Babin - QB</t>
   </si>
   <si>
     <t>#30 Pedro Totten - RB</t>
   </si>
   <si>
     <t>#89 Jasper Coleman - TE</t>
   </si>
   <si>
     <t>#89 Matt Barker - WR</t>
   </si>
   <si>
     <t>#83 William Matz - TE</t>
   </si>
   <si>
     <t>#56 Robert Howells - C</t>
   </si>
   <si>
-    <t>#54 Tex Strauss - LT</t>
+    <t>#73 Tex Strauss - LT</t>
   </si>
   <si>
     <t>#57 George Hardin - C</t>
   </si>
   <si>
     <t>#68 Christian Gainer - RG</t>
   </si>
   <si>
     <t>#71 Greg Benson - LT</t>
   </si>
   <si>
     <t>#67 Raymond Moore - LDE</t>
   </si>
   <si>
     <t>#70 James Smith - DT</t>
   </si>
   <si>
     <t>#96 Brady Cooper - DT</t>
   </si>
   <si>
     <t>#77 Jorge Farkas - RDE</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
-    <t>#1 David Kim - LDE</t>
+    <t>#1 David Kim - RDE</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#4 Howard William - CB</t>
   </si>
   <si>
     <t>#98 Jose Berard - FS</t>
   </si>
   <si>
     <t>#99 Charles Maxwell - FS</t>
   </si>
   <si>
-    <t>#46 Roberto Bray - CB</t>
+    <t>#45 Roberto Bray - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>PSC 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-12-PSC 23 (14:19) 9-Timothy Babin pass complete to 86-Doug Edward to PSC 29 for 6 yards. Tackle by 42-Ricky Lundberg.</t>
   </si>
   <si>
     <t>#10 William Jackson - WR</t>
   </si>
   <si>
     <t>#21 Ricky Lundberg - CB</t>
   </si>
   <si>
     <t>#78 Brett Reed - WLB</t>
   </si>
@@ -446,93 +446,93 @@
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>PSC 29</t>
   </si>
   <si>
     <t>Shotgun 4 Wide In and Out</t>
   </si>
   <si>
     <t>3-6-PSC 29 (13:32) 9-Timothy Babin sacked at PSC 19 for -10 yards (67-Raymond Moore). Sack allowed by 67-Greg Benson. 67-Greg Benson totally missed that block.</t>
   </si>
   <si>
     <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#15 Michael Dickson - WR</t>
   </si>
   <si>
     <t>#9 Robert Coleman - RB</t>
   </si>
   <si>
     <t>#87 Allen Shy - WR</t>
   </si>
   <si>
-    <t>#58 Dennis Hinkle - RDE</t>
+    <t>#58 Dennis Hinkle - LDE</t>
   </si>
   <si>
     <t>#22 John Lytle - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>PSC 19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-PSC 19 (12:56) 1-Taylor Hairston punts 42 yards to BCB 40. Fair Catch by 89-Nathaniel Smith.</t>
   </si>
   <si>
     <t>#1 Taylor Hairston - P</t>
   </si>
   <si>
     <t>#77 James Jensen - RG</t>
   </si>
   <si>
     <t>#89 Nathaniel Smith - WR</t>
   </si>
   <si>
     <t>#89 Oscar Cerny - WR</t>
   </si>
   <si>
     <t>#56 Donald Hutchinson - C</t>
   </si>
   <si>
     <t>#64 Michael Watts - RT</t>
   </si>
   <si>
-    <t>#94 Richard Snavely - RDE</t>
-[...2 lines deleted...]
-    <t>#56 Brad Hicks - WLB</t>
+    <t>#94 Richard Snavely - LDE</t>
+  </si>
+  <si>
+    <t>#56 Brad Hicks - MLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>BCB 40</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-BCB 40 (12:50) 10-George Oliver pass complete to 12-Albert Harlan to BCB 45 for 6 yards. Tackle by 56-Joseph Ainsworth.</t>
   </si>
   <si>
     <t>#10 George Oliver - QB</t>
   </si>
   <si>
     <t>#87 Terry Sanchez - RB</t>
   </si>
   <si>
     <t>#81 Jeff Greenwood - TE</t>
   </si>
@@ -1571,51 +1571,51 @@
   <si>
     <t>PSC 12</t>
   </si>
   <si>
     <t>1-10-PSC 12 (1:19) 9-Timothy Babin pass Pass knocked down by 53-Rolland Moreno. incomplete, intended for 82-Matt Barker.</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-PSC 12 (1:16) 30-Pedro Totten ran to PSC 10 for -2 yards. Tackle by 37-Richard Woodard.</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>3-12-PSC 10 (0:30) 9-Timothy Babin pass Pass knocked down by 53-Rolland Moreno. incomplete, intended for 86-Doug Edward.</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>4-12-PSC 10 (0:27) 1-Taylor Hairston punts 46 yards to BCB 44. 89-Nathaniel Smith to BCB 48 for 4 yards. Tackle by 44-Salvatore Dixon.</t>
   </si>
   <si>
-    <t>#85 Joseph Valero - RB</t>
+    <t>#23 Joseph Valero - RB</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>1-10-BCB 48 (0:19) 10-George Oliver pass Pass knocked down by 33-John Merritt. incomplete, intended for 81-Jeff Greenwood.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>2-10-BCB 48 (0:17) 10-George Oliver pass complete to 16-Paul Macdonald to PSC 32 for 19 yards. Tackle by 55-Seymour Mauk. 16-Paul Macdonald did some fancy footwork there. Pressure by 70-Charles Smith. The defense seems to be calling that same play a lot.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>PSC 32</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-PSC 32 (15:00) 5-Christopher Clayton ran to PSC 5 for 28 yards. Tackle by 46-James Washington. I think the defense might be using that play a bit too frequently.</t>
   </si>