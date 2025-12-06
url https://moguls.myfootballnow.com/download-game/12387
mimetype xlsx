--- v0 (2025-11-06)
+++ v1 (2025-12-06)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-THT 25 (15:00) 82-David Jeppesen ran to THT 30 for 5 yards. Tackle by 27-Carl Zeiger.</t>
   </si>
   <si>
     <t>#3 Billy Head - QB</t>
   </si>
   <si>
     <t>#24 David Jeppesen - WR</t>
   </si>
   <si>
     <t>#25 Salvatore Lay - WR</t>
   </si>
   <si>
     <t>#65 Stephan Blaisdell - RT</t>
   </si>
   <si>
     <t>#83 David Coats - WR</t>
   </si>
   <si>
     <t>#85 Michael Deleon - WR</t>
   </si>
   <si>
-    <t>#77 Flint “Sandman” Marko - LT</t>
+    <t>#77 Flint “Sandman” Marko - RG</t>
   </si>
   <si>
     <t>#70 David Pellham - C</t>
   </si>
   <si>
     <t>#63 Jonathan Enriquez - C</t>
   </si>
   <si>
     <t>#69 Timmy Wills - RG</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#99 Robert Stephenson - LDE</t>
   </si>
   <si>
     <t>#96 David Cloutier - RDE</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#27 Carl Zeiger - CB</t>
   </si>