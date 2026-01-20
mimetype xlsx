--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -344,51 +344,51 @@
   <si>
     <t>THT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-THT 25 (15:00) 82-David Jeppesen ran to THT 30 for 5 yards. Tackle by 27-Carl Zeiger.</t>
   </si>
   <si>
     <t>#3 Billy Head - QB</t>
   </si>
   <si>
     <t>#24 David Jeppesen - WR</t>
   </si>
   <si>
     <t>#25 Salvatore Lay - WR</t>
   </si>
   <si>
     <t>#65 Stephan Blaisdell - RT</t>
   </si>
   <si>
-    <t>#83 David Coats - WR</t>
+    <t>#14 David Coats - WR</t>
   </si>
   <si>
     <t>#85 Michael Deleon - WR</t>
   </si>
   <si>
     <t>#77 Flint “Sandman” Marko - RG</t>
   </si>
   <si>
     <t>#70 David Pellham - C</t>
   </si>
   <si>
     <t>#63 Jonathan Enriquez - C</t>
   </si>
   <si>
     <t>#69 Timmy Wills - RG</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#99 Robert Stephenson - LDE</t>
   </si>
   <si>
     <t>#96 David Cloutier - RDE</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-8-BKT 42 (10:14) 4-Charles Puleri pass complete to 11-Troy Sullivan to BKT 45 for 4 yards. Tackle by 39-Richard Castro.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>BKT 45</t>
   </si>
   <si>
     <t>4-4-BKT 45 (9:40) 15-Robert Chon punts 48 yards to THT 6. Fair Catch by 39-Richard Castro.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#60 Donald McDaniel - C</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#52 Carlos Stewart - C</t>
   </si>
   <si>
     <t>#90 Larry Ortiz - RDE</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>THT 6</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-THT 6 (9:34) 3-Billy Head pass complete to 82-David Jeppesen to THT 6 for a short gain. Tackle by 48-Charles Aguilar.</t>
   </si>
   <si>
     <t>8:56</t>
   </si>