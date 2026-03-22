--- v2 (2026-01-20)
+++ v3 (2026-03-22)
@@ -476,51 +476,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-THT 31 (12:59) 6-Greg Horne punts 50 yards to BKT 19. 6-Matthew Spurgeon to BKT 22 for 3 yards. Tackle by 93-James Brown. 31-Rick Fernandez missed that block completely.</t>
   </si>
   <si>
     <t>#6 Greg Horne - P</t>
   </si>
   <si>
     <t>#75 Cecil Grantham - C</t>
   </si>
   <si>
     <t>#6 Matthew Spurgeon - WR</t>
   </si>
   <si>
     <t>#46 Chris Ayres - CB</t>
   </si>
   <si>
     <t>#68 David Allen - C</t>
   </si>
   <si>
-    <t>#70 Tod Smith - C</t>
+    <t>#58 Tod Smith - C</t>
   </si>
   <si>
     <t>#52 Rodolfo Hughes - LT</t>
   </si>
   <si>
     <t>#60 Ty Chai - LT</t>
   </si>
   <si>
     <t>#58 Robert Valdez - C</t>
   </si>
   <si>
     <t>#48 Charles Aguilar - CB</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>BKT 22</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
@@ -530,75 +530,75 @@
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#84 Larry Camacho - WR</t>
   </si>
   <si>
     <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#11 Troy Sullivan - RB</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#97 George Hostetter - RDE</t>
   </si>
   <si>
     <t>#66 Andre King - DT</t>
   </si>
   <si>
-    <t>#78 Jose Witmer - RDE</t>
+    <t>#59 Jose Witmer - RDE</t>
   </si>
   <si>
     <t>#48 Matthew Lucas - CB</t>
   </si>
   <si>
     <t>#33 Maurice Ruiz - CB</t>
   </si>
   <si>
-    <t>#45 Tomas Titsworth - CB</t>
+    <t>#20 Tomas Titsworth - CB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>BKT 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-BKT 25 (12:16) 9-Christopher Sowell ran to BKT 40 for 15 yards. Tackle by 39-Richard Castro.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>BKT 40</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>