--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -350,51 +350,51 @@
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-RMB 27 (14:57) 17-Juan Randolph ran to RMB 32 for 4 yards. Tackle by 40-Steve Dover.</t>
   </si>
   <si>
     <t>#8 Jeffrey Smith - QB</t>
   </si>
   <si>
     <t>#33 Carlos Davis - FB</t>
   </si>
   <si>
     <t>#81 David Poulin - TE</t>
   </si>
   <si>
     <t>#87 Matthew Cordon - TE</t>
   </si>
   <si>
     <t>#10 Michael Miller - WR</t>
   </si>
   <si>
-    <t>#62 Steven Mitchell - C</t>
+    <t>#67 Steven Mitchell - RG</t>
   </si>
   <si>
     <t>#57 Christopher Munguia - RG</t>
   </si>
   <si>
     <t>#53 William Nelson - C</t>
   </si>
   <si>
     <t>#62 Tyron Ewing - RG</t>
   </si>
   <si>
     <t>#71 Chris Mejia - RT</t>
   </si>
   <si>
     <t>#94 Arnold Allen - DT</t>
   </si>
   <si>
     <t>#67 Matthew Sellars - DT</t>
   </si>
   <si>
     <t>#66 Sammy Hoffman - RDE</t>
   </si>
   <si>
     <t>#95 Richard Garner - SLB</t>
   </si>
@@ -560,81 +560,81 @@
   <si>
     <t>#36 Timothy Sessions - LT</t>
   </si>
   <si>
     <t>#83 Larry Martin - FB</t>
   </si>
   <si>
     <t>#18 Joseph Patterson - WR</t>
   </si>
   <si>
     <t>#68 Gregory Johnson - LT</t>
   </si>
   <si>
     <t>#61 Steven Hannah - LG</t>
   </si>
   <si>
     <t>#69 Albert Watson - C</t>
   </si>
   <si>
     <t>#52 Ralph Hogan - RG</t>
   </si>
   <si>
     <t>#74 Scott Smart - RT</t>
   </si>
   <si>
-    <t>#70 Ramiro Sanchez - LDE</t>
+    <t>#74 Ramiro Sanchez - LDE</t>
   </si>
   <si>
     <t>#96 Bernard Luckett - RDE</t>
   </si>
   <si>
     <t>#90 George Davis - SLB</t>
   </si>
   <si>
     <t>#26 Jonathan Maestas - CB</t>
   </si>
   <si>
     <t>#46 Rusty Knapp - FS</t>
   </si>
   <si>
     <t>#34 Juan Rebano - FS</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>2-10-BSM 20 (11:29) 11-Vaughn Gordon pass incomplete, dropped by 15-Steve Kirkland. Pressure by 70-Ramiro Sanchez.</t>
   </si>
   <si>
-    <t>#85 Donald Perez - WR</t>
+    <t>#84 Donald Perez - WR</t>
   </si>
   <si>
     <t>#79 Raymond Poteete - RT</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>3-10-BSM 20 (11:24) 11-Vaughn Gordon pass complete to 15-Steve Kirkland to BSM 21 for 1 yards. Tackle by 55-George Davis.</t>
   </si>
   <si>
     <t>#51 Dave Biron - CB</t>
   </si>
   <si>
     <t>#43 Dale Cole - CB</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>BSM 21</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>#13 Christopher Williams - WR</t>
   </si>
   <si>
     <t>#57 Jonathan Binkley - RG</t>
   </si>
   <si>
     <t>#83 Michael Anderson - TE</t>
   </si>
   <si>
     <t>#61 Martin Archer - LG</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>RMB 36</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-RMB 36 (10:39) 8-Jeffrey Smith pass complete to 87-Matthew Cordon to RMB 44 for 8 yards. Tackle by 38-Patrick Moore.</t>
   </si>
   <si>
-    <t>#65 Michael Baugher - RDE</t>
+    <t>#92 Michael Baugher - RDE</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>RMB 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-2-RMB 44 (9:59) 17-Juan Randolph ran to RMB 44 for a short loss. Tackle by 92-Albert Reamer.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-2-RMB 44 (9:26) 17-Juan Randolph ran to RMB 46 for 2 yards. 17-Juan Randolph FUMBLES (95-Richard Garner) recovered by RMB-33-Carlos Davis at RMB 46. Tackle by 27-Eugene Lopez.</t>
   </si>
@@ -1226,51 +1226,51 @@
   <si>
     <t>BSM 34</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>3-1-BSM 34 (0:50) 8-Jeffrey Smith pass complete to 81-David Poulin to BSM 30 for 4 yards. Tackle by 66-Sammy Hoffman.</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>BSM 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BSM 30 (0:30) PENALTY - False Start (RMB 17-Juan Randolph)</t>
   </si>
   <si>
-    <t>#15 Jack Tapscott - WR</t>
+    <t>#86 Jack Tapscott - WR</t>
   </si>
   <si>
     <t>#11 Roger Higa - RB</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-15-BSM 35 (0:30) 8-Jeffrey Smith pass complete to 84-Richard Shaw to BSM 0 for 35 yards. TOUCHDOWN! 84-Richard Shaw breaks down the CB. BSM 3 RMB 9</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>BSM 15</t>
   </si>
   <si>
     <t>(0:23) Extra point by 1-Sam Maloof is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>(0:23) 1-Sam Maloof kicks 75 yards from RMB 35 to BSM -10. Touchback.</t>
   </si>