--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -284,117 +284,117 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BKT has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LDN</t>
   </si>
   <si>
     <t>LDN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Stephen Stafford kicks 66 yards from LDN 35 to BKT -1. 6-Matthew Spurgeon to BKT 26 for 27 yards. Tackle by 34-Woodrow Alfonso.</t>
   </si>
   <si>
     <t>#6 Matthew Spurgeon - WR</t>
   </si>
   <si>
-    <t>#90 Christopher Gallegos - LDE</t>
-[...2 lines deleted...]
-    <t>#43 Aubrey Lai - CB</t>
+    <t>#90 Christopher Gallegos - DT</t>
+  </si>
+  <si>
+    <t>#43 Aubrey Lai - WLB</t>
   </si>
   <si>
     <t>#35 Pedro Esposito - CB</t>
   </si>
   <si>
-    <t>#33 Scott Bobb - CB</t>
+    <t>#33 Scott Bobb - WLB</t>
   </si>
   <si>
     <t>#31 Rick Fernandez - CB</t>
   </si>
   <si>
     <t>#25 Elisha Heim - CB</t>
   </si>
   <si>
-    <t>#56 Tony Eads - CB</t>
+    <t>#56 Tony Eads - MLB</t>
   </si>
   <si>
     <t>#48 Charles Aguilar - CB</t>
   </si>
   <si>
     <t>#49 Martin Aguilera - CB</t>
   </si>
   <si>
     <t>#39 William Rochester - CB</t>
   </si>
   <si>
     <t>#14 Stephen Stafford - K</t>
   </si>
   <si>
     <t>BKT</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>BKT 26</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BKT 26 (14:55) 8-Larry Camacho ran to BKT 27 for 1 yards. Tackle by 54-Kyle Dunn.</t>
   </si>
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#84 Larry Camacho - WR</t>
   </si>
   <si>
     <t>#19 Rodolfo Bellamy - WR</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
-    <t>#11 Troy Sullivan - WR</t>
-[...2 lines deleted...]
-    <t>#2 Fred  Biletnikoff - WR</t>
+    <t>#11 Troy Sullivan - RB</t>
+  </si>
+  <si>
+    <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
     <t>#74 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#90 Kyle Dunn - LDE</t>
   </si>
   <si>
     <t>#67 Dewayne Mansour - DT</t>
   </si>
   <si>
     <t>#65 Mitford Hodge - DT</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#20 Keith McKenzie - CB</t>
   </si>
   <si>
     <t>#20 Carlton Lance - CB</t>
   </si>
   <si>
     <t>#28 Kenny McEntyre - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>BKT 27</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-9-BKT 27 (14:13) 4-Charles Puleri pass complete to 9-Christopher Sowell to BKT 29 for 2 yards. Tackle by 49-Jericho Jackson.</t>
   </si>
   <si>
-    <t>#9 Christopher Sowell - WR</t>
+    <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#49 Jericho Jackson - SLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>BKT 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-7-BKT 29 (13:36) 9-Christopher Sowell ran to BKT 28 for -1 yards. Tackle by 49-Jericho Jackson. BKT 74-Olu Oluwatimi  was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>BKT 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -533,54 +533,54 @@
   <si>
     <t>#87 Steve Hollywood Brooks - TE</t>
   </si>
   <si>
     <t>#22 Leonard Conley - WR</t>
   </si>
   <si>
     <t>#85 Edwin Howard - WR</t>
   </si>
   <si>
     <t>#67 Steven Pellegrin - LT</t>
   </si>
   <si>
     <t>#52 Jeff Daniels - LG</t>
   </si>
   <si>
     <t>#76 Joseph Paille - C</t>
   </si>
   <si>
     <t>#74 Raymond Brodbeck - RT</t>
   </si>
   <si>
     <t>#66 James Parrish - RT</t>
   </si>
   <si>
-    <t>#98 Kenneth Briggs - LDE</t>
-[...2 lines deleted...]
-    <t>#97 Herbert Beverly - LDE</t>
+    <t>#98 Kenneth Briggs - RDE</t>
+  </si>
+  <si>
+    <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#45 Jack Corbitt - CB</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>LDN 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>2-11-LDN 24 (12:15) 32-John H. Johnson ran to LDN 21 for -3 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#25 Ronnie West - WR</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-BKT 28 (10:48) 4-Charles Puleri pass complete to 11-Troy Sullivan to LDN 18 for 54 yards. Nice job by 11-Troy Sullivan on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#89 Angel Martin - C</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>LDN 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-LDN 18 (10:08) 4-Charles Puleri pass incomplete, intended for 81-Collin Wiley.</t>
   </si>
   <si>
-    <t>#81 Collin Wiley - WR</t>
+    <t>#81 Collin Wiley - RB</t>
   </si>
   <si>
     <t>#69 Zachary King - DT</t>
   </si>
   <si>
     <t>#31 James Solares - FS</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-10-LDN 18 (10:05) 4-Charles Puleri pass complete to 19-Rodolfo Bellamy for 18 yards. TOUCHDOWN! 19-Rodolfo Bellamy made a great move on the CB. PENALTY - Pass Interference (LDN 97-John Kinto) (Declined) BKT 6 LDN 0</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>LDN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -845,51 +845,51 @@
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-LDN 8 (4:35) 9-Josh LaRocca pass incomplete, dropped by 85-Edwin Howard.</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-6-LDN 8 (4:31) 9-Josh LaRocca pass INTERCEPTED by 33-Scott Bobb at LDN 14. 33-Scott Bobb to LDN 14 for 0 yards. Tackle by 32-John H. Johnson. PENALTY - Offsides (BKT 90-Christopher Gallegos)</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>LDN 13</t>
   </si>
   <si>
     <t>3-1-LDN 13 (4:27) 37-James Coder ran to LDN 8 for -5 yards. Tackle by 33-Scott Bobb.</t>
   </si>
   <si>
-    <t>#37 James Coder - RB</t>
+    <t>#39 James Coder - RB</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>4-6-LDN 8 (3:49) 6-Emmanuel Barker punts 40 yards to LDN 48. 6-Matthew Spurgeon to LDN 47 for 1 yards. Tackle by 94-Richard Newbill.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>1-10-LDN 47 (3:41) 4-Charles Puleri pass complete to 9-Christopher Sowell to LDN 47 for a short gain. Tackle by 97-John Kinto.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>2-10-LDN 47 (3:03) 4-Charles Puleri pass Pass knocked down by 49-Jericho Jackson. incomplete, intended for 8-Larry Camacho.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
@@ -1271,51 +1271,51 @@
   <si>
     <t>1-10-BKT 20 (2:00) 9-Josh LaRocca pass incomplete, dropped by 32-John H. Johnson. Pressure by 98-Kenneth Briggs.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>2-10-BKT 20 (1:57) 9-Josh LaRocca pass complete to 80-Douglas Strickland to BKT 20 for a short gain. Tackle by 49-Martin Aguilera.</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>3-10-BKT 20 (1:30) 9-Josh LaRocca pass Pass knocked down by 45-Jack Corbitt. incomplete, intended for 37-James Coder.</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>4-10-BKT 20 (1:27) 14-Stephen Stafford 37 yard field goal is GOOD. BKT 13 LDN 3</t>
   </si>
   <si>
     <t>#36 Terrence Phillips - RB</t>
   </si>
   <si>
-    <t>#68 Terrence Wisdom - RT</t>
+    <t>#68 Terrence Wisdom - LG</t>
   </si>
   <si>
     <t>#96 David Cloutier - RDE</t>
   </si>
   <si>
     <t>#41 Rex Debose - CB</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>(1:24) 14-Stephen Stafford kicks 74 yards from LDN 35 to BKT -9. Touchback.</t>
   </si>
   <si>
     <t>BKT 25</t>
   </si>
   <si>
     <t>1-10-BKT 25 (1:24) 9-Christopher Sowell ran to BKT 33 for 8 yards. Tackle by 20-Carlton Lance.</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>BKT 33</t>
   </si>
@@ -2314,100 +2314,100 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="304.211" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>