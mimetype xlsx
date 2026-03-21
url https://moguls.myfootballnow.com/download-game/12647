--- v1 (2025-12-21)
+++ v2 (2026-03-21)
@@ -359,51 +359,51 @@
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#84 Larry Camacho - WR</t>
   </si>
   <si>
     <t>#19 Rodolfo Bellamy - WR</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#11 Troy Sullivan - RB</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#90 Kyle Dunn - LDE</t>
   </si>
   <si>
     <t>#67 Dewayne Mansour - DT</t>
   </si>
   <si>
     <t>#65 Mitford Hodge - DT</t>
   </si>
   <si>
     <t>#99 Jerry Drake - LDE</t>
   </si>
   <si>
     <t>#2 Richard Kibby - WLB</t>
   </si>
   <si>
     <t>#53 Curtis Moore - MLB</t>
   </si>
@@ -458,156 +458,156 @@
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>BKT 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BKT 28 (12:56) 15-Robert Chon punts 46 yards to LDN 26. Fair Catch by 4-Reynaldo Warren.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#60 Donald McDaniel - C</t>
   </si>
   <si>
     <t>#21 Reynaldo Warren - RB</t>
   </si>
   <si>
-    <t>#98 Wallace Best - MLB</t>
+    <t>#40 Wallace Best - SLB</t>
   </si>
   <si>
     <t>#37 Jake Jammer - SLB</t>
   </si>
   <si>
     <t>#94 Richard Newbill - SS</t>
   </si>
   <si>
     <t>#44 Darren Studstill - SS</t>
   </si>
   <si>
     <t>#2 Garry Sandoval - FS</t>
   </si>
   <si>
     <t>#52 Carlos Stewart - C</t>
   </si>
   <si>
     <t>#74 Spencer  Drango - RG</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#99 John Ennis - RDE</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>LDN 26</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LDN 26 (12:50) 32-John H. Johnson ran to LDN 24 for -1 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#9 Josh LaRocca - QB</t>
   </si>
   <si>
     <t>#86 John H. Johnson - WR</t>
   </si>
   <si>
     <t>#88 Douglas Strickland - WR</t>
   </si>
   <si>
     <t>#87 Steve Hollywood Brooks - TE</t>
   </si>
   <si>
     <t>#22 Leonard Conley - WR</t>
   </si>
   <si>
     <t>#85 Edwin Howard - WR</t>
   </si>
   <si>
     <t>#67 Steven Pellegrin - LT</t>
   </si>
   <si>
     <t>#52 Jeff Daniels - LG</t>
   </si>
   <si>
-    <t>#76 Joseph Paille - C</t>
+    <t>#72 Joseph Paille - C</t>
   </si>
   <si>
     <t>#74 Raymond Brodbeck - RT</t>
   </si>
   <si>
     <t>#66 James Parrish - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#45 Jack Corbitt - CB</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>LDN 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>2-11-LDN 24 (12:15) 32-John H. Johnson ran to LDN 21 for -3 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#25 Ronnie West - WR</t>
   </si>
   <si>
-    <t>#50 Charles Smith - RG</t>
+    <t>#79 Charles Smith - RG</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>LDN 21</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-14-LDN 21 (11:30) 32-John H. Johnson ran to LDN 27 for 6 yards. Tackle by 49-Martin Aguilera. BKT 98-Kenneth Briggs was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>LDN 27</t>
   </si>
   <si>
     <t>4-9-LDN 27 (10:56) 6-Emmanuel Barker punts 46 yards to BKT 27. 6-Matthew Spurgeon to BKT 28 for 2 yards. Tackle by 94-Richard Newbill.</t>
   </si>