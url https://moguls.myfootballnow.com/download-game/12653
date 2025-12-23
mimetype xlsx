--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -443,51 +443,51 @@
   <si>
     <t>#39 William Rochester - CB</t>
   </si>
   <si>
     <t>#37 Bill “Butcher” Cutting - CB</t>
   </si>
   <si>
     <t>#43 Aubrey Lai - WLB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>BKT 8</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-8-BKT 8 (14:11) 37-Mark Vance ran to BKT 5 for 3 yards. Tackle by 27-Carl Zeiger.</t>
   </si>
   <si>
-    <t>#37 Mark Vance - FB</t>
+    <t>#31 Mark Vance - FB</t>
   </si>
   <si>
     <t>#80 Timothy Hamilton - WR</t>
   </si>
   <si>
     <t>#17 Jose Holmes - WR</t>
   </si>
   <si>
     <t>#60 Tommy Cottrell - RG</t>
   </si>
   <si>
     <t>#73 Alfred Fritz - C</t>
   </si>
   <si>
     <t>#75 Troy Franks - C</t>
   </si>
   <si>
     <t>#96 David Cloutier - RDE</t>
   </si>
   <si>
     <t>#99 Robert Stephenson - LDE</t>
   </si>
   <si>
     <t>#41 Rex Debose - CB</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>BKT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:35) Extra point GOOD by 15-Dwayne Jimenez. LAX 7 BKT 0</t>
   </si>
   <si>
     <t>#14 Robert Newton - QB</t>
   </si>
   <si>
     <t>#15 Dwayne Jimenez - K</t>
   </si>
   <si>
     <t>#65 Tony Hull - DT</t>
   </si>
   <si>
-    <t>#93 Walter Grant - RDE</t>
+    <t>#64 Walter Grant - RDE</t>
   </si>
   <si>
     <t>#84 Larry Camacho - WR</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>LAX 35</t>
   </si>
   <si>
     <t>(13:35) 15-Dwayne Jimenez kicks 75 yards from LAX 35 to BKT -10. Touchback.</t>
   </si>
   <si>
     <t>#6 Matthew Spurgeon - WR</t>
   </si>
   <si>
     <t>BKT 25</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>