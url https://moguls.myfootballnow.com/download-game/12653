--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -359,51 +359,51 @@
   <si>
     <t>#41 Kevin Irizarry - RB</t>
   </si>
   <si>
     <t>#89 Junior Peck - TE</t>
   </si>
   <si>
     <t>#84 Timothy Walls - RB</t>
   </si>
   <si>
     <t>#19 Marvin Powell - WR</t>
   </si>
   <si>
     <t>#61 Fred Allen - LT</t>
   </si>
   <si>
     <t>#67 Anthony Johnson - LG</t>
   </si>
   <si>
     <t>#77 Douglas Driver - C</t>
   </si>
   <si>
     <t>#74 Lance Sarratt - RG</t>
   </si>
   <si>
-    <t>#53 David Hebert - RG</t>
+    <t>#60 David Hebert - RG</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#49 Martin Aguilera - CB</t>
   </si>
   <si>
     <t>#33 Scott Bobb - WLB</t>
   </si>
   <si>
     <t>#56 Tony Eads - MLB</t>
   </si>
   <si>
     <t>#35 Pedro Esposito - CB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#11 Troy Sullivan - RB</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
     <t>#74 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
-    <t>#90 James Curry - DT</t>
+    <t>#58 James Curry - DT</t>
   </si>
   <si>
     <t>#56 Ralph Rodgers - RDE</t>
   </si>
   <si>
     <t>#59 Ronald Nelson - MLB</t>
   </si>
   <si>
     <t>#91 Jimmy Connor - MLB</t>
   </si>
   <si>
     <t>#26 Jordan Leek - CB</t>
   </si>
   <si>
     <t>#26 Tracy Cooper - FS</t>
   </si>
   <si>
     <t>#28 Mitchell Kennedy - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>BKT 28</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-LAX 45 (8:04) 15-Robert Chon punts 40 yards to LAX 5. Fair Catch by 88-Lamont Ward.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#60 Donald McDaniel - C</t>
   </si>
   <si>
     <t>#55 Stephen Hanson - SLB</t>
   </si>
   <si>
     <t>#52 Carlos Stewart - C</t>
   </si>
   <si>
     <t>#74 Spencer  Drango - RG</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#92 Miguel Sandifer - LDE</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>LAX 5</t>
   </si>
   <si>
     <t>1-10-LAX 5 (7:58) 4-Charles Santiago pass INTERCEPTED by 39-William Rochester at LAX 8. 39-William Rochester to LAX 6 for 2 yards. Tackle by 84-Timothy Walls.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>LAX 6</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-6-LAX 6 (7:54) 8-Larry Camacho ran to LAX 3 for 4 yards. Tackle by 91-Jimmy Connor.</t>
   </si>