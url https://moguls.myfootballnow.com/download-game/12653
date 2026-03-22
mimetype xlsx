--- v2 (2026-01-22)
+++ v3 (2026-03-22)
@@ -563,51 +563,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BKT 25 (13:35) 4-Charles Puleri pass complete to 8-Larry Camacho to BKT 28 for 3 yards. Tackle by 40-Alfonso Anglin.</t>
   </si>
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#11 Troy Sullivan - RB</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#70 Edward Profitt - LG</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#58 James Curry - DT</t>
   </si>
   <si>
     <t>#56 Ralph Rodgers - RDE</t>
   </si>
   <si>
     <t>#59 Ronald Nelson - MLB</t>
   </si>
   <si>
     <t>#91 Jimmy Connor - MLB</t>
   </si>
   <si>
     <t>#26 Jordan Leek - CB</t>
   </si>
   <si>
     <t>#26 Tracy Cooper - FS</t>
   </si>
   <si>
     <t>#28 Mitchell Kennedy - CB</t>
   </si>