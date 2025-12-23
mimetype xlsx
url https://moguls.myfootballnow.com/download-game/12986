--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -419,51 +419,51 @@
   <si>
     <t>#30 Brian Mercer - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>BKT 27</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-BKT 27 (14:25) 4-Charles Puleri sacked at BKT 19 for -7 yards (99-Don Kennedy). Sack allowed by 77-Mark Bordelon.</t>
   </si>
   <si>
     <t>#47 Charlie Weaver - WLB</t>
   </si>
   <si>
     <t>#97 Jeffrey Hunter - RDE</t>
   </si>
   <si>
     <t>#92 Trevor Rivera - SS</t>
   </si>
   <si>
-    <t>#36 Mario Stoker - CB</t>
+    <t>#36 Mario Stoker - SS</t>
   </si>
   <si>
     <t>#39 Anthony Johnson - CB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>BKT 19</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-16-BKT 19 (13:46) 8-Larry Camacho ran to BKT 31 for 12 yards. Tackle by 30-Brian Mercer.</t>
   </si>
   <si>
     <t>#19 Rodolfo Bellamy - WR</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
@@ -518,66 +518,66 @@
   <si>
     <t>#96 Kenneth Smith - DT</t>
   </si>
   <si>
     <t>#51 Sam Moore - WLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>JUS 21</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-JUS 21 (12:56) 13-Manuel Scroggs pass complete to 24-Leonard Whitesel to JUS 23 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>
   <si>
     <t>#2 Manuel Scroggs - QB</t>
   </si>
   <si>
-    <t>#23 Harry Rodriguez - TE</t>
-[...2 lines deleted...]
-    <t>#24 Leonard Whitesel - RB</t>
+    <t>#23 Harry Rodriguez - FB</t>
+  </si>
+  <si>
+    <t>#20 Leonard Whitesel - RB</t>
   </si>
   <si>
     <t>#50 Greg Berry - C</t>
   </si>
   <si>
     <t>#1 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#10 James White - WR</t>
   </si>
   <si>
-    <t>#63 Jeffrey Pennington - LT</t>
+    <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#77 Ted Blatt - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>BKT 50</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>1-10-BKT 50 (10:06) 4-Charles Puleri pass complete to 11-Troy Sullivan to JUS 42 for 8 yards. Tackle by 30-Brian Mercer. 11-Troy Sullivan did some fancy footwork there.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>JUS 42</t>
   </si>
   <si>
     <t>2-2-JUS 42 (9:25) 10-Richard Becerra ran to JUS 43 for -1 yards. Tackle by 2-Wilson Douglas.</t>
   </si>
   <si>
     <t>#10 Richard Becerra - WR</t>
   </si>
   <si>
-    <t>#43 Eric Smith - CB</t>
+    <t>#35 Eric Smith - FS</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>JUS 43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-3-JUS 43 (8:43) 81-Collin Wiley ran to JUS 42 for 2 yards. Tackle by 29-Bradford Maestas. JUS 29-Bradford Maestas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-2-JUS 42 (8:13) 4-Charles Puleri pass complete to 11-Troy Sullivan to JUS 36 for 6 yards. Tackle by 2-Wilson Douglas. 11-Troy Sullivan breaks down the CB. PENALTY - Pass Interference (JUS 2-Wilson Douglas) (Declined)</t>
   </si>
@@ -926,51 +926,51 @@
   <si>
     <t>(2:19) 5-Bradley Tate kicks 71 yards from BKT 35 to JUS -6. Touchback.</t>
   </si>
   <si>
     <t>1-10-JUS 25 (2:19) 13-Manuel Scroggs pass complete to 1-Chris Delavega to JUS 37 for 12 yards. Tackle by 29-Alfred Malloy.</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>1-10-JUS 37 (1:39) 13-Manuel Scroggs pass complete to 83-Greg Berry to JUS 49 for 12 yards. Tackle by 25-Elisha Heim.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>JUS 49</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-JUS 49 (1:03) 17-Melvin Taylor ran to JUS 47 for -2 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
-    <t>#17 Melvin Taylor - WR</t>
+    <t>#17 Melvin Taylor - RB</t>
   </si>
   <si>
     <t>0:20</t>
   </si>
   <si>
     <t>JUS 47</t>
   </si>
   <si>
     <t>2-12-JUS 47 (0:19) 18-Thomas Garcia ran to JUS 50 for 3 yards. Tackle by 49-Martin Aguilera.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>JUS 50</t>
   </si>
   <si>
     <t>3-9-JUS 50 (15:00) 13-Manuel Scroggs pass complete to 18-Thomas Garcia to BKT 26 for 24 yards. Tackle by 49-Martin Aguilera.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>