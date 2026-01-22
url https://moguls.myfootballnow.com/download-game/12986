--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -413,51 +413,51 @@
   <si>
     <t>#41 William Obregon - CB</t>
   </si>
   <si>
     <t>#58 Vincent Allen - SS</t>
   </si>
   <si>
     <t>#30 Brian Mercer - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>BKT 27</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-BKT 27 (14:25) 4-Charles Puleri sacked at BKT 19 for -7 yards (99-Don Kennedy). Sack allowed by 77-Mark Bordelon.</t>
   </si>
   <si>
     <t>#47 Charlie Weaver - WLB</t>
   </si>
   <si>
-    <t>#97 Jeffrey Hunter - RDE</t>
+    <t>#69 Jeffrey Hunter - RDE</t>
   </si>
   <si>
     <t>#92 Trevor Rivera - SS</t>
   </si>
   <si>
     <t>#36 Mario Stoker - SS</t>
   </si>
   <si>
     <t>#39 Anthony Johnson - CB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>BKT 19</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-16-BKT 19 (13:46) 8-Larry Camacho ran to BKT 31 for 12 yards. Tackle by 30-Brian Mercer.</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>4-4-BKT 31 (13:04) 15-Robert Chon punts 49 yards to JUS 20. 9-Michael Hale to JUS 21 for 2 yards. Tackle by 29-Alfred Malloy.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#9 Michael Hale - WR</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>
   <si>
     <t>#20 Guy Christofferso - CB</t>
   </si>
   <si>
     <t>#15 Jason Byworth - FB</t>
   </si>
   <si>
     <t>#67 Marc Bratten - RG</t>
   </si>
   <si>
     <t>#54 Tex Strauss - LT</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#97 Richard Hinshaw - DT</t>
   </si>
   <si>
     <t>#96 Kenneth Smith - DT</t>
   </si>
   <si>
     <t>#51 Sam Moore - WLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>JUS 21</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-JUS 21 (12:56) 13-Manuel Scroggs pass complete to 24-Leonard Whitesel to JUS 23 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>