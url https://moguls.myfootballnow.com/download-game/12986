--- v2 (2026-01-22)
+++ v3 (2026-02-11)
@@ -527,51 +527,51 @@
   <si>
     <t>JUS 21</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-JUS 21 (12:56) 13-Manuel Scroggs pass complete to 24-Leonard Whitesel to JUS 23 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>
   <si>
     <t>#2 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
     <t>#20 Leonard Whitesel - RB</t>
   </si>
   <si>
     <t>#50 Greg Berry - C</t>
   </si>
   <si>
-    <t>#1 Chris Delavega - WR</t>
+    <t>#14 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#10 James White - WR</t>
   </si>
   <si>
     <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#77 Ted Blatt - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>