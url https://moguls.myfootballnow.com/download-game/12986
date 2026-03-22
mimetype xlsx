--- v3 (2026-02-11)
+++ v4 (2026-03-22)
@@ -389,51 +389,51 @@
   <si>
     <t>#76 Carl Weeks - LDE</t>
   </si>
   <si>
     <t>#68 Leland Semon - RDE</t>
   </si>
   <si>
     <t>#62 Douglas Ramsey - DT</t>
   </si>
   <si>
     <t>#99 Don Kennedy - RDE</t>
   </si>
   <si>
     <t>#48 Daniel Timmerman - CB</t>
   </si>
   <si>
     <t>#29 Bradford Maestas - CB</t>
   </si>
   <si>
     <t>#2 Wilson Douglas - WLB</t>
   </si>
   <si>
     <t>#34 Alfred Elders - CB</t>
   </si>
   <si>
-    <t>#41 William Obregon - CB</t>
+    <t>#41 William Obregon - SS</t>
   </si>
   <si>
     <t>#58 Vincent Allen - SS</t>
   </si>
   <si>
     <t>#30 Brian Mercer - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>BKT 27</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-BKT 27 (14:25) 4-Charles Puleri sacked at BKT 19 for -7 yards (99-Don Kennedy). Sack allowed by 77-Mark Bordelon.</t>
   </si>
   <si>
     <t>#47 Charlie Weaver - WLB</t>
   </si>
   <si>
     <t>#69 Jeffrey Hunter - RDE</t>
   </si>
@@ -485,81 +485,81 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BKT 31 (13:04) 15-Robert Chon punts 49 yards to JUS 20. 9-Michael Hale to JUS 21 for 2 yards. Tackle by 29-Alfred Malloy.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#9 Michael Hale - WR</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>
   <si>
     <t>#20 Guy Christofferso - CB</t>
   </si>
   <si>
     <t>#15 Jason Byworth - FB</t>
   </si>
   <si>
     <t>#67 Marc Bratten - RG</t>
   </si>
   <si>
-    <t>#54 Tex Strauss - LT</t>
+    <t>#73 Tex Strauss - LT</t>
   </si>
   <si>
     <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#97 Richard Hinshaw - DT</t>
   </si>
   <si>
     <t>#96 Kenneth Smith - DT</t>
   </si>
   <si>
     <t>#51 Sam Moore - WLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>JUS 21</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-JUS 21 (12:56) 13-Manuel Scroggs pass complete to 24-Leonard Whitesel to JUS 23 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>
   <si>
-    <t>#2 Manuel Scroggs - QB</t>
+    <t>#8 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
     <t>#20 Leonard Whitesel - RB</t>
   </si>
   <si>
     <t>#50 Greg Berry - C</t>
   </si>
   <si>
     <t>#14 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#10 James White - WR</t>
   </si>
   <si>
     <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#77 Ted Blatt - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>#87 David Bonk - WR</t>
   </si>
   <si>
     <t>#19 Jimmy Moulton - WR</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>4-17-JUS 15 (11:29) 7-John Carpentier punts 47 yards to BKT 38. Fair Catch by 6-Matthew Spurgeon.</t>
   </si>
   <si>
     <t>#6 John Carpentier - P</t>
   </si>
   <si>
     <t>#60 Lawrence Fox - C</t>
   </si>
   <si>
     <t>#75 Carl Shields - LG</t>
   </si>
   <si>
     <t>#59 Michael Ramsey - LG</t>
   </si>
   <si>
-    <t>#69 Gilbert Freer - LG</t>
+    <t>#65 Gilbert Freer - LG</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>BKT 38</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BKT 38 (11:23) 4-Charles Puleri pass complete to 8-Larry Camacho to BKT 43 for 5 yards. Tackle by 34-Alfred Elders.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>BKT 43</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -776,69 +776,69 @@
   <si>
     <t>2-8-JUS 17 (6:05) 4-Charles Puleri pass Pass knocked down by 91-Guy Christofferso. incomplete, intended for 8-Larry Camacho.</t>
   </si>
   <si>
     <t>6:00</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-8-JUS 17 (6:01) 4-Charles Puleri pass complete to 19-Rodolfo Bellamy to JUS 6 for 11 yards. Tackle by 28-Anthony Johnson.</t>
   </si>
   <si>
     <t>#16 Kurt Coleman - WR</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>JUS 6</t>
   </si>
   <si>
     <t>1-6-JUS 6 (5:25) 4-Charles Puleri pass complete to 11-Troy Sullivan for 6 yards. TOUCHDOWN! 11-Troy Sullivan did some fancy footwork there. PENALTY - Pass Interference (JUS 15-Jason Byworth) (Declined) BKT 6 JUS 0</t>
   </si>
   <si>
-    <t>#44 Justin Peterson - WLB</t>
+    <t>#90 Justin Peterson - SLB</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:22) Extra point GOOD by 5-Bradley Tate. BKT 7 JUS 0</t>
   </si>
   <si>
     <t>#5 Bradley Tate - K</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>BKT 35</t>
   </si>
   <si>
     <t>(5:22) 5-Bradley Tate kicks 75 yards from BKT 35 to JUS -10. Touchback.</t>
   </si>
   <si>
     <t>JUS 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-JUS 25 (5:22) 23-Harry Rodriguez ran to JUS 27 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>JUS 27</t>
   </si>
@@ -1736,51 +1736,51 @@
   <si>
     <t>3-5-BKT 30 (3:10) 81-Collin Wiley ran to BKT 32 for 2 yards. Tackle by 2-Wilson Douglas.</t>
   </si>
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>4-3-BKT 32 (2:31) 15-Robert Chon punts 42 yards to JUS 26.</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>1-10-JUS 26 (2:21) 13-Manuel Scroggs pass complete to 10-James White to JUS 41 for 14 yards. 10-James White FUMBLES (45-Jack Corbitt) recovered by BKT-25-Elisha Heim to JUS 30 for 14 yards. Pushed out of bounds by 13-Manuel Scroggs.</t>
   </si>
   <si>
     <t>2:10</t>
   </si>
   <si>
     <t>JUS 30</t>
   </si>
   <si>
     <t>1-10-JUS 30 (2:11) 8-Larry Camacho ran to JUS 28 for 3 yards. Tackle by 29-Bradford Maestas.</t>
   </si>
   <si>
-    <t>#64 Lester Shine - RG</t>
+    <t>#71 Lester Shine - RG</t>
   </si>
   <si>
     <t>2-7-JUS 28 (2:00) 81-Collin Wiley ran to JUS 24 for 4 yards. Tackle by 48-Daniel Timmerman.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>3-3-JUS 24 (1:28) 8-Larry Camacho ran to JUS 22 for 1 yards. Tackle by 76-Carl Weeks.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>4-2-JUS 22 (0:47) 4-Charles Puleri pass complete to 11-Troy Sullivan to JUS 20 for 2 yards. Tackle by 30-Brian Mercer. Turnover on downs.</t>
   </si>
   <si>
     <t>0:43</t>
   </si>
   <si>
     <t>JUS 20</t>
   </si>
   <si>
     <t>1-10-JUS 20 (0:44) 13-Manuel Scroggs pass Pass knocked down by 25-Elisha Heim. incomplete, intended for 1-Chris Delavega.</t>
   </si>