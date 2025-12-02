--- v0 (2025-11-08)
+++ v1 (2025-12-02)
@@ -593,63 +593,63 @@
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>JUS 8</t>
   </si>
   <si>
     <t>4-1-JUS 8 (8:01) 4-Charles Puleri pass incomplete, intended for 19-Rodolfo Bellamy. Turnover on downs.</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-JUS 8 (7:58) 18-Thomas Garcia ran to JUS 6 for -2 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#2 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>
   <si>
-    <t>#23 Harry Rodriguez - TE</t>
+    <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
     <t>#5 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#1 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#14 Robert Bishop - WR</t>
   </si>
   <si>
-    <t>#63 Jeffrey Pennington - LT</t>
+    <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#69 Gilbert Freer - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>