--- v1 (2025-12-02)
+++ v2 (2025-12-23)
@@ -467,54 +467,54 @@
   <si>
     <t>BKT 41</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-BKT 41 (12:53) 4-Charles Puleri pass complete to 87-Charles Hedin to JUS 48 for 11 yards. Tackle by 43-Eric Smith.</t>
   </si>
   <si>
     <t>#81 Mark Sowers - WR</t>
   </si>
   <si>
     <t>#87 Charles Hedin - WR</t>
   </si>
   <si>
     <t>#19 Rodolfo Bellamy - WR</t>
   </si>
   <si>
     <t>#49 Jason Logan - SLB</t>
   </si>
   <si>
     <t>#20 Guy Christofferso - CB</t>
   </si>
   <si>
-    <t>#36 Mario Stoker - CB</t>
-[...2 lines deleted...]
-    <t>#43 Eric Smith - CB</t>
+    <t>#36 Mario Stoker - SS</t>
+  </si>
+  <si>
+    <t>#35 Eric Smith - FS</t>
   </si>
   <si>
     <t>#37 Al Estrada - SS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>JUS 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-JUS 48 (12:07) 4-Charles Puleri pass complete to 19-Rodolfo Bellamy to JUS 33 for 15 yards. Tackle by 76-Carl Weeks. JUS 99-Don Kennedy was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#45 George Womack - LDE</t>
   </si>
   <si>
     <t>#44 Justin Peterson - WLB</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
@@ -596,102 +596,102 @@
   <si>
     <t>JUS 8</t>
   </si>
   <si>
     <t>4-1-JUS 8 (8:01) 4-Charles Puleri pass incomplete, intended for 19-Rodolfo Bellamy. Turnover on downs.</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-JUS 8 (7:58) 18-Thomas Garcia ran to JUS 6 for -2 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#2 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
-    <t>#5 Charles Cooney - WR</t>
+    <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#1 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#14 Robert Bishop - WR</t>
   </si>
   <si>
     <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#69 Gilbert Freer - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#21 Cameron Brendel - CB</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>JUS 6</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>2-12-JUS 6 (7:25) 13-Manuel Scroggs pass complete to 18-Thomas Garcia to JUS 9 for 2 yards. Tackle by 31-Rick Fernandez.</t>
   </si>
   <si>
-    <t>#85 Kurt McDaniel - TE</t>
+    <t>#48 Kurt McDaniel - FB</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>JUS 9</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-10-JUS 9 (6:45) 27-Gaylord Taylor ran to JUS 11 for 2 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#27 Gaylord Taylor - RB</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -938,51 +938,51 @@
   <si>
     <t>#45 Jack Corbitt - CB</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-BKT 42 (13:17) 13-Manuel Scroggs pass complete to 23-Harry Rodriguez to BKT 17 for 25 yards. Tackle by 25-Elisha Heim. BKT 45-Jack Corbitt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>BKT 17</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BKT 17 (12:32) 9-Michael Hale ran to BKT 18 for a short loss. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
-    <t>#17 Melvin Taylor - WR</t>
+    <t>#17 Melvin Taylor - RB</t>
   </si>
   <si>
     <t>#99 Robert Stephenson - LDE</t>
   </si>
   <si>
     <t>#41 Rex Debose - CB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>BKT 18</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>2-10-BKT 18 (11:49) 13-Manuel Scroggs pass complete to 23-Harry Rodriguez for 18 yards. TOUCHDOWN! JUS 6 BKT 7</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
     <t>BKT 15</t>
   </si>