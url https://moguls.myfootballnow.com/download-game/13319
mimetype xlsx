--- v2 (2025-12-23)
+++ v3 (2026-01-22)
@@ -602,51 +602,51 @@
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-JUS 8 (7:58) 18-Thomas Garcia ran to JUS 6 for -2 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#2 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
     <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#1 Chris Delavega - WR</t>
   </si>
   <si>
-    <t>#14 Robert Bishop - WR</t>
+    <t>#15 Robert Bishop - WR</t>
   </si>
   <si>
     <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#69 Gilbert Freer - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>BKT 49</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-19-BKT 49 (2:42) 4-Charles Puleri pass complete to 81-Collin Wiley to JUS 41 for 10 yards. Tackle by 48-Daniel Timmerman. 81-Collin Wiley did some fancy footwork there. Pressure by 62-Douglas Ramsey.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>JUS 41</t>
   </si>
   <si>
     <t>4-9-JUS 41 (1:59) 15-Robert Chon punts 45 yards to JUS -4.4-9-JUS 41 (1:59) 15-Robert Chon punts 45 yards to JUS -4. Touchback.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#9 Michael Hale - WR</t>
   </si>
   <si>
-    <t>#72 Ron Stone - LT</t>
+    <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#67 Marc Bratten - RG</t>
   </si>
   <si>
     <t>#74 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#94 Manuel Kirby - LDE</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>JUS 20</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-JUS 20 (1:51) 27-Gaylord Taylor ran to JUS 22 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>