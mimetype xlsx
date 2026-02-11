--- v3 (2026-01-22)
+++ v4 (2026-02-11)
@@ -599,51 +599,51 @@
   <si>
     <t>4-1-JUS 8 (8:01) 4-Charles Puleri pass incomplete, intended for 19-Rodolfo Bellamy. Turnover on downs.</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-JUS 8 (7:58) 18-Thomas Garcia ran to JUS 6 for -2 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
     <t>#2 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
     <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
-    <t>#1 Chris Delavega - WR</t>
+    <t>#14 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#15 Robert Bishop - WR</t>
   </si>
   <si>
     <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#69 Gilbert Freer - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>