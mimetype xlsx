--- v4 (2026-02-11)
+++ v5 (2026-03-22)
@@ -287,57 +287,57 @@
   <si>
     <t>JUS has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>JUS</t>
   </si>
   <si>
     <t>JUS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Michael Dahle kicks 75 yards from JUS 35 to BKT -10. Touchback.</t>
   </si>
   <si>
     <t>#6 Matthew Spurgeon - WR</t>
   </si>
   <si>
     <t>#25 Elisha Heim - CB</t>
   </si>
   <si>
-    <t>#7 Sean Opitz - FS</t>
+    <t>#7 Sean Opitz - SS</t>
   </si>
   <si>
     <t>#31 Rick Fernandez - CB</t>
   </si>
   <si>
-    <t>#13 Joseph Jackson - WLB</t>
+    <t>#97 Joseph Jackson - WLB</t>
   </si>
   <si>
     <t>#29 Alfred Malloy - CB</t>
   </si>
   <si>
     <t>#24 Clyde McFadden - FS</t>
   </si>
   <si>
     <t>#35 Pedro Esposito - CB</t>
   </si>
   <si>
     <t>#56 Tony Eads - MLB</t>
   </si>
   <si>
     <t>#33 Scott Bobb - WLB</t>
   </si>
   <si>
     <t>#42 Donald Ransom - WLB</t>
   </si>
   <si>
     <t>#19 Michael Dahle - K</t>
   </si>
   <si>
     <t>BKT</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#76 Carl Weeks - LDE</t>
   </si>
   <si>
     <t>#97 Richard Hinshaw - DT</t>
   </si>
   <si>
     <t>#62 Douglas Ramsey - DT</t>
   </si>
   <si>
     <t>#99 Don Kennedy - RDE</t>
   </si>
   <si>
     <t>#48 Daniel Timmerman - CB</t>
   </si>
   <si>
     <t>#29 Bradford Maestas - CB</t>
   </si>
   <si>
     <t>#2 Wilson Douglas - WLB</t>
   </si>
   <si>
     <t>#39 Anthony Johnson - CB</t>
   </si>
   <si>
-    <t>#41 William Obregon - CB</t>
+    <t>#41 William Obregon - SS</t>
   </si>
   <si>
     <t>#58 Vincent Allen - SS</t>
   </si>
   <si>
     <t>#30 Brian Mercer - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>2-10-BKT 25 (14:57) 9-Christopher Sowell ran to BKT 37 for 12 yards. Tackle by 30-Brian Mercer.</t>
   </si>
   <si>
     <t>#81 Collin Wiley - RB</t>
   </si>
   <si>
     <t>#98 Robert Berry - WLB</t>
   </si>
@@ -473,69 +473,69 @@
   <si>
     <t>3-6-BKT 41 (12:53) 4-Charles Puleri pass complete to 87-Charles Hedin to JUS 48 for 11 yards. Tackle by 43-Eric Smith.</t>
   </si>
   <si>
     <t>#81 Mark Sowers - WR</t>
   </si>
   <si>
     <t>#87 Charles Hedin - WR</t>
   </si>
   <si>
     <t>#19 Rodolfo Bellamy - WR</t>
   </si>
   <si>
     <t>#49 Jason Logan - SLB</t>
   </si>
   <si>
     <t>#20 Guy Christofferso - CB</t>
   </si>
   <si>
     <t>#36 Mario Stoker - SS</t>
   </si>
   <si>
     <t>#35 Eric Smith - FS</t>
   </si>
   <si>
-    <t>#37 Al Estrada - SS</t>
+    <t>#37 Al Estrada - FS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>JUS 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-JUS 48 (12:07) 4-Charles Puleri pass complete to 19-Rodolfo Bellamy to JUS 33 for 15 yards. Tackle by 76-Carl Weeks. JUS 99-Don Kennedy was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#45 George Womack - LDE</t>
   </si>
   <si>
-    <t>#44 Justin Peterson - WLB</t>
+    <t>#90 Justin Peterson - SLB</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>JUS 33</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>1-10-JUS 33 (11:21) 4-Charles Puleri pass complete to 8-Larry Camacho to JUS 29 for 5 yards. Tackle by 36-Mario Stoker.</t>
   </si>
   <si>
     <t>#60 Manuel Campbell - DT</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>JUS 29</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -587,72 +587,72 @@
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>3-4-JUS 12 (8:41) 9-Christopher Sowell ran to JUS 8 for 4 yards. Tackle by 58-Vincent Allen. JUS 58-Vincent Allen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>JUS 8</t>
   </si>
   <si>
     <t>4-1-JUS 8 (8:01) 4-Charles Puleri pass incomplete, intended for 19-Rodolfo Bellamy. Turnover on downs.</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-JUS 8 (7:58) 18-Thomas Garcia ran to JUS 6 for -2 yards. Tackle by 56-Tony Eads.</t>
   </si>
   <si>
-    <t>#2 Manuel Scroggs - QB</t>
+    <t>#8 Manuel Scroggs - QB</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
     <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#14 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#15 Robert Bishop - WR</t>
   </si>
   <si>
     <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
-    <t>#69 Gilbert Freer - LG</t>
+    <t>#65 Gilbert Freer - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#21 Cameron Brendel - CB</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>3-19-BKT 49 (2:42) 4-Charles Puleri pass complete to 81-Collin Wiley to JUS 41 for 10 yards. Tackle by 48-Daniel Timmerman. 81-Collin Wiley did some fancy footwork there. Pressure by 62-Douglas Ramsey.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>JUS 41</t>
   </si>
   <si>
     <t>4-9-JUS 41 (1:59) 15-Robert Chon punts 45 yards to JUS -4.4-9-JUS 41 (1:59) 15-Robert Chon punts 45 yards to JUS -4. Touchback.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#9 Michael Hale - WR</t>
   </si>
   <si>
     <t>#72 Ron Stone - C</t>
   </si>
   <si>
     <t>#67 Marc Bratten - RG</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#94 Manuel Kirby - LDE</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>JUS 20</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-JUS 20 (1:51) 27-Gaylord Taylor ran to JUS 22 for 2 yards. Tackle by 33-Scott Bobb.</t>
   </si>
   <si>
     <t>#49 Martin Aguilera - CB</t>
   </si>
   <si>
     <t>#37 Bill “Butcher” Cutting - CB</t>
   </si>