--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -362,51 +362,51 @@
   <si>
     <t>#48 John Covington - WR</t>
   </si>
   <si>
     <t>#82 Harry Weiss - TE</t>
   </si>
   <si>
     <t>#81 Andrew David - WR</t>
   </si>
   <si>
     <t>#9 Ralph Campbell - WR</t>
   </si>
   <si>
     <t>#86 Eric Hernandez - WR</t>
   </si>
   <si>
     <t>#68 Karl Petrof - RG</t>
   </si>
   <si>
     <t>#57 Otis Preston - LG</t>
   </si>
   <si>
     <t>#54 Erich Riley - C</t>
   </si>
   <si>
-    <t>#62 Michael Rice - C</t>
+    <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#74 Harrison Cropper - LT</t>
   </si>
   <si>
     <t>#52 Richard Watson - DT</t>
   </si>
   <si>
     <t>#79 Winston Fason - DT</t>
   </si>
   <si>
     <t>#78 Terry Gilmore - DT</t>
   </si>
   <si>
     <t>#90 Kenneth Timmons - LDE</t>
   </si>
   <si>
     <t>#54 Stanley Shoe - SLB</t>
   </si>
   <si>
     <t>#68 George North - SLB</t>
   </si>
   <si>
     <t>#58 Ronnie Aaron - WLB</t>
   </si>
@@ -440,87 +440,87 @@
   <si>
     <t>#8 Justin Sutton - MLB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>DaP 48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DaP 48 (14:15) 13-Mark Morris ran to COL 49 for 3 yards. Tackle by 36-Kent Reiner. PENALTY - Offsides (COL 52-Richard Watson)</t>
   </si>
   <si>
     <t>#42 David Mitchell - RB</t>
   </si>
   <si>
     <t>#43 James Reis - FB</t>
   </si>
   <si>
-    <t>#45 Reid Savage - TE</t>
+    <t>#45 Reid Savage - LG</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>COL 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-5-COL 47 (14:13) 1-Eric Miller ran to COL 43 for 4 yards. Tackle by 39-Randolph Vanhouten.</t>
   </si>
   <si>
     <t>#1 Eric Miller - RB</t>
   </si>
   <si>
     <t>#29 Norman Pearce - CB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>COL 43</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>2-1-COL 43 (13:36) 6-Jacob Jones pass Pass knocked down by 36-Kent Reiner. incomplete, intended for 86-Eric Hernandez.</t>
   </si>
   <si>
-    <t>#59 Colton Dodson - MLB</t>
+    <t>#15 Colton Dodson - MLB</t>
   </si>
   <si>
     <t>#44 Robert Stewart - FS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Split Backs Normal HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-1-COL 43 (13:34) PENALTY - False Start (DaP 6-Jacob Jones)</t>
   </si>
   <si>
     <t>#31 Robert Brown - CB</t>
   </si>
   <si>
     <t>#35 Christopher Lowe - CB</t>
   </si>
   <si>
     <t>#38 Dudoso Seleksheon - CB</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>1-10-COL 39 (13:31) 48-John Covington ran for 39 yards. TOUCHDOWN! COL 0 DaP 6</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>COL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:24) Extra point GOOD by 12-Donald Norton. COL 0 DaP 7</t>
   </si>
   <si>
     <t>#19 Frank Hines - RB</t>
   </si>
   <si>
     <t>#12 Donald Norton - K</t>
   </si>
   <si>
-    <t>#78 Philip Jones - C</t>
+    <t>#78 Philip Jones - RT</t>
   </si>
   <si>
     <t>#70 David Willingham - RG</t>
   </si>
   <si>
     <t>#51 Reynaldo Hackett - LT</t>
   </si>
   <si>
     <t>#27 Jessie Hess - CB</t>
   </si>
   <si>
     <t>DaP 35</t>
   </si>
   <si>
     <t>(13:24) 12-Donald Norton kicks 75 yards from DaP 35 to COL -10. 5-Dennis Campos to COL 24 for 34 yards. Tackle by 98-Bert Enernie. COL 36-Kent Reiner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Dennis Campos - RB</t>
   </si>
   <si>
     <t>#42 Don Stephens - SS</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>#76 James Peacock - RDE</t>
   </si>
   <si>
     <t>#99 Grant Haywood - SLB</t>
   </si>
   <si>
     <t>#56 Tom Hunsucker - WLB</t>
   </si>
   <si>
     <t>#31 David Wilsey - FS</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>COL 30</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-5-COL 30 (12:39) 15-Thomas Temple ran to COL 34 for 5 yards. Tackle by 40-Harry Miller.</t>
   </si>
   <si>
-    <t>#15 Thomas Temple - RB</t>
+    <t>#6 Thomas Temple - RB</t>
   </si>
   <si>
     <t>#3 Homer Reagan - WR</t>
   </si>
   <si>
     <t>#89 Donald Woods - WR</t>
   </si>
   <si>
     <t>#63 Ramon Bradley - LT</t>
   </si>
   <si>
     <t>#73 Jonathan Dickerson - LG</t>
   </si>
   <si>
     <t>#69 Anthony Thomas - C</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>COL 34</t>
   </si>
   <si>
     <t>3-1-COL 34 (12:03) 22-Charles Christensen ran to COL 38 for 4 yards. Tackle by 40-Harry Miller.</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-DaP 16 (7:05) 16-Jose Mancini pass complete to 22-Charles Christensen to DaP 0 for 16 yards. TOUCHDOWN! COL 6 DaP 7</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>DaP 15</t>
   </si>
   <si>
     <t>(7:00) Extra point GOOD by 12-Robert Whigham. DaP 31-David Wilsey was injured on the play. He looks like he should be able to return. COL 7 DaP 7</t>
   </si>
   <si>
     <t>#64 Harold Norris - LDE</t>
   </si>
   <si>
     <t>#98 Stacy Schweiger - WLB</t>
   </si>
   <si>
-    <t>#36 Calvin Lutz - FS</t>
+    <t>#40 Calvin Lutz - FS</t>
   </si>
   <si>
     <t>(7:00) 12-Robert Whigham kicks 72 yards from COL 35 to DaP -7. Touchback.</t>
   </si>
   <si>
     <t>#52 James Roark - WLB</t>
   </si>
   <si>
     <t>DaP 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DaP 25 (7:00) 6-Jacob Jones pass INTERCEPTED by 35-Christopher Lowe at DaP 31. 35-Christopher Lowe to DaP 31 for 0 yards. Tackle by 82-Harry Weiss.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>DaP 31</t>
   </si>
@@ -2431,51 +2431,51 @@
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">