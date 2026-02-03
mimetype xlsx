--- v1 (2025-12-27)
+++ v2 (2026-02-03)
@@ -281,108 +281,108 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>COL has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>COL</t>
   </si>
   <si>
     <t>COL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Robert Whigham kicks 72 yards from COL 35 to DaP -7. 13-Mark Morris to DaP 28 for 35 yards. Tackle by 50-Ronnie Aaron.</t>
   </si>
   <si>
-    <t>#13 Mark Morris - WR</t>
+    <t>#13 Mark Morris - RB</t>
   </si>
   <si>
     <t>#47 Gilbert Gray - SS</t>
   </si>
   <si>
     <t>#32 Michael Nelson - CB</t>
   </si>
   <si>
     <t>#53 Fred Jones - WLB</t>
   </si>
   <si>
-    <t>#98 Bert Enernie - DT</t>
+    <t>#53 Bert Enernie - DT</t>
   </si>
   <si>
     <t>#40 Harry Miller - FS</t>
   </si>
   <si>
     <t>#23 Hugo "Juice" Lemus - LDE</t>
   </si>
   <si>
     <t>#21 Richard Thomas - CB</t>
   </si>
   <si>
     <t>#33 Mark Vibbert - CB</t>
   </si>
   <si>
     <t>#24 Louis Watts - FS</t>
   </si>
   <si>
     <t>#35 Bobby Thorpe - SS</t>
   </si>
   <si>
     <t>#12 Robert Whigham - K</t>
   </si>
   <si>
     <t>DaP</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>DaP 28</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DaP 28 (14:55) 6-Jacob Jones pass Pass knocked down by 39-Randolph Vanhouten. incomplete, intended for 9-Ralph Campbell.</t>
   </si>
   <si>
     <t>#6 Jacob Jones - QB</t>
   </si>
   <si>
-    <t>#48 John Covington - WR</t>
+    <t>#48 John Covington - RB</t>
   </si>
   <si>
     <t>#82 Harry Weiss - TE</t>
   </si>
   <si>
     <t>#81 Andrew David - WR</t>
   </si>
   <si>
     <t>#9 Ralph Campbell - WR</t>
   </si>
   <si>
     <t>#86 Eric Hernandez - WR</t>
   </si>
   <si>
     <t>#68 Karl Petrof - RG</t>
   </si>
   <si>
     <t>#57 Otis Preston - LG</t>
   </si>
   <si>
     <t>#54 Erich Riley - C</t>
   </si>
   <si>
     <t>#63 Michael Rice - C</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>COL 30</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-5-COL 30 (12:39) 15-Thomas Temple ran to COL 34 for 5 yards. Tackle by 40-Harry Miller.</t>
   </si>
   <si>
     <t>#6 Thomas Temple - RB</t>
   </si>
   <si>
     <t>#3 Homer Reagan - WR</t>
   </si>
   <si>
     <t>#89 Donald Woods - WR</t>
   </si>
   <si>
     <t>#63 Ramon Bradley - LT</t>
   </si>
   <si>
-    <t>#73 Jonathan Dickerson - LG</t>
+    <t>#64 Jonathan Dickerson - LG</t>
   </si>
   <si>
     <t>#69 Anthony Thomas - C</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>COL 34</t>
   </si>
   <si>
     <t>3-1-COL 34 (12:03) 22-Charles Christensen ran to COL 38 for 4 yards. Tackle by 40-Harry Miller.</t>
   </si>
   <si>
     <t>#22 Charles Christensen - RB</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>COL 38</t>
   </si>
   <si>
     <t>1-10-COL 38 (11:21) 16-Jose Mancini pass Pass knocked down by 40-Harry Miller. incomplete, intended for 3-Homer Reagan.</t>
   </si>