--- v2 (2026-02-03)
+++ v3 (2026-03-23)
@@ -281,81 +281,81 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>COL has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>COL</t>
   </si>
   <si>
     <t>COL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Robert Whigham kicks 72 yards from COL 35 to DaP -7. 13-Mark Morris to DaP 28 for 35 yards. Tackle by 50-Ronnie Aaron.</t>
   </si>
   <si>
-    <t>#13 Mark Morris - RB</t>
+    <t>#20 Mark Morris - RB</t>
   </si>
   <si>
     <t>#47 Gilbert Gray - SS</t>
   </si>
   <si>
-    <t>#32 Michael Nelson - CB</t>
-[...2 lines deleted...]
-    <t>#53 Fred Jones - WLB</t>
+    <t>#37 Michael Nelson - CB</t>
+  </si>
+  <si>
+    <t>#96 Fred Jones - MLB</t>
   </si>
   <si>
     <t>#53 Bert Enernie - DT</t>
   </si>
   <si>
     <t>#40 Harry Miller - FS</t>
   </si>
   <si>
-    <t>#23 Hugo "Juice" Lemus - LDE</t>
+    <t>#61 Hugo "Juice" Lemus - LDE</t>
   </si>
   <si>
     <t>#21 Richard Thomas - CB</t>
   </si>
   <si>
     <t>#33 Mark Vibbert - CB</t>
   </si>
   <si>
     <t>#24 Louis Watts - FS</t>
   </si>
   <si>
-    <t>#35 Bobby Thorpe - SS</t>
+    <t>#39 Bobby Thorpe - SS</t>
   </si>
   <si>
     <t>#12 Robert Whigham - K</t>
   </si>
   <si>
     <t>DaP</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>DaP 28</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DaP 28 (14:55) 6-Jacob Jones pass Pass knocked down by 39-Randolph Vanhouten. incomplete, intended for 9-Ralph Campbell.</t>
   </si>
   <si>
     <t>#6 Jacob Jones - QB</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#57 Otis Preston - LG</t>
   </si>
   <si>
     <t>#54 Erich Riley - C</t>
   </si>
   <si>
     <t>#63 Michael Rice - C</t>
   </si>
   <si>
     <t>#74 Harrison Cropper - LT</t>
   </si>
   <si>
     <t>#52 Richard Watson - DT</t>
   </si>
   <si>
     <t>#79 Winston Fason - DT</t>
   </si>
   <si>
     <t>#78 Terry Gilmore - DT</t>
   </si>
   <si>
     <t>#90 Kenneth Timmons - LDE</t>
   </si>
   <si>
-    <t>#54 Stanley Shoe - SLB</t>
+    <t>#91 Stanley Shoe - SLB</t>
   </si>
   <si>
     <t>#68 George North - SLB</t>
   </si>
   <si>
     <t>#58 Ronnie Aaron - WLB</t>
   </si>
   <si>
     <t>#38 Richard Bramblett - CB</t>
   </si>
   <si>
     <t>#36 Kent Reiner - CB</t>
   </si>
   <si>
     <t>#20 Jerry Hostetter - SS</t>
   </si>
   <si>
     <t>#39 Randolph Vanhouten - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -545,75 +545,75 @@
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-COL 39 (13:31) 48-John Covington ran for 39 yards. TOUCHDOWN! COL 0 DaP 6</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>COL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:24) Extra point GOOD by 12-Donald Norton. COL 0 DaP 7</t>
   </si>
   <si>
-    <t>#19 Frank Hines - RB</t>
+    <t>#30 Frank Hines - QB</t>
   </si>
   <si>
     <t>#12 Donald Norton - K</t>
   </si>
   <si>
     <t>#78 Philip Jones - RT</t>
   </si>
   <si>
     <t>#70 David Willingham - RG</t>
   </si>
   <si>
     <t>#51 Reynaldo Hackett - LT</t>
   </si>
   <si>
     <t>#27 Jessie Hess - CB</t>
   </si>
   <si>
     <t>DaP 35</t>
   </si>
   <si>
     <t>(13:24) 12-Donald Norton kicks 75 yards from DaP 35 to COL -10. 5-Dennis Campos to COL 24 for 34 yards. Tackle by 98-Bert Enernie. COL 36-Kent Reiner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#5 Dennis Campos - RB</t>
+    <t>#29 Dennis Campos - RB</t>
   </si>
   <si>
     <t>#42 Don Stephens - SS</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>COL 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-COL 24 (13:18) 16-Jose Mancini pass complete to 7-Skinnie Poste to COL 30 for 5 yards. Tackle by 21-Richard Thomas. COL 67-Cruz Newell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Jose Mancini - QB</t>
   </si>
   <si>
     <t>#44 Michael Johnson - FB</t>
   </si>
@@ -632,75 +632,75 @@
   <si>
     <t>#62 Micheal Kilgore - RG</t>
   </si>
   <si>
     <t>#76 Matthew Gorman - LG</t>
   </si>
   <si>
     <t>#60 Paul Quezada - C</t>
   </si>
   <si>
     <t>#67 Cruz Newell - RG</t>
   </si>
   <si>
     <t>#53 John Chapman - RT</t>
   </si>
   <si>
     <t>#67 Benjamin Rowden - DT</t>
   </si>
   <si>
     <t>#67 James King - RDE</t>
   </si>
   <si>
     <t>#76 James Peacock - RDE</t>
   </si>
   <si>
-    <t>#99 Grant Haywood - SLB</t>
+    <t>#95 Grant Haywood - SLB</t>
   </si>
   <si>
     <t>#56 Tom Hunsucker - WLB</t>
   </si>
   <si>
     <t>#31 David Wilsey - FS</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>COL 30</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-5-COL 30 (12:39) 15-Thomas Temple ran to COL 34 for 5 yards. Tackle by 40-Harry Miller.</t>
   </si>
   <si>
     <t>#6 Thomas Temple - RB</t>
   </si>
   <si>
-    <t>#3 Homer Reagan - WR</t>
+    <t>#11 Homer Reagan - WR</t>
   </si>
   <si>
     <t>#89 Donald Woods - WR</t>
   </si>
   <si>
     <t>#63 Ramon Bradley - LT</t>
   </si>
   <si>
     <t>#64 Jonathan Dickerson - LG</t>
   </si>
   <si>
     <t>#69 Anthony Thomas - C</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>COL 34</t>
   </si>
   <si>
     <t>3-1-COL 34 (12:03) 22-Charles Christensen ran to COL 38 for 4 yards. Tackle by 40-Harry Miller.</t>
   </si>
   <si>
     <t>#22 Charles Christensen - RB</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>DaP 16</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-DaP 16 (7:05) 16-Jose Mancini pass complete to 22-Charles Christensen to DaP 0 for 16 yards. TOUCHDOWN! COL 6 DaP 7</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>DaP 15</t>
   </si>
   <si>
     <t>(7:00) Extra point GOOD by 12-Robert Whigham. DaP 31-David Wilsey was injured on the play. He looks like he should be able to return. COL 7 DaP 7</t>
   </si>
   <si>
-    <t>#64 Harold Norris - LDE</t>
+    <t>#98 Harold Norris - DT</t>
   </si>
   <si>
     <t>#98 Stacy Schweiger - WLB</t>
   </si>
   <si>
     <t>#40 Calvin Lutz - FS</t>
   </si>
   <si>
     <t>(7:00) 12-Robert Whigham kicks 72 yards from COL 35 to DaP -7. Touchback.</t>
   </si>
   <si>
     <t>#52 James Roark - WLB</t>
   </si>
   <si>
     <t>DaP 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DaP 25 (7:00) 6-Jacob Jones pass INTERCEPTED by 35-Christopher Lowe at DaP 31. 35-Christopher Lowe to DaP 31 for 0 yards. Tackle by 82-Harry Weiss.</t>
   </si>
@@ -2382,111 +2382,111 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>