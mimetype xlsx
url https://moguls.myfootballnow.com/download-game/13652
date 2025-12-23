--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -305,51 +305,51 @@
   <si>
     <t>#89 Nathaniel Smith - WR</t>
   </si>
   <si>
     <t>#78 Brett Reed - WLB</t>
   </si>
   <si>
     <t>#4 Hector Auger - CB</t>
   </si>
   <si>
     <t>#99 Charles Maxwell - FS</t>
   </si>
   <si>
     <t>#98 Jose Berard - FS</t>
   </si>
   <si>
     <t>#34 Lee Huber - FS</t>
   </si>
   <si>
     <t>#54 David Fain - WLB</t>
   </si>
   <si>
     <t>#27 Edwardo Upton - CB</t>
   </si>
   <si>
-    <t>#91 Howard William - CB</t>
+    <t>#4 Howard William - CB</t>
   </si>
   <si>
     <t>#90 Rene Hodges - WLB</t>
   </si>
   <si>
     <t>#52 Edward Berman - CB</t>
   </si>
   <si>
     <t>#5 Bradley Tate - K</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>BCB 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BCB 25 (15:00) 3-Gene Tsao pass incomplete, dropped by 87-Terry Sanchez.</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#87 Terry Sanchez - RB</t>
   </si>
   <si>
     <t>#81 Jeff Greenwood - TE</t>
   </si>
   <si>
     <t>#12 Albert Harlan - WR</t>
   </si>
   <si>
     <t>#18 Carl Stevens - WR</t>
   </si>
   <si>
     <t>#11 Bennie Lucas - WR</t>
   </si>
   <si>
     <t>#56 Robert Howells - C</t>
   </si>
   <si>
     <t>#68 Terrence Wisdom - LG</t>
   </si>
   <si>
     <t>#66 Ralph Stephens - C</t>
   </si>
   <si>
-    <t>#75 Jon Anderson - RG</t>
+    <t>#75 Jon Anderson - C</t>
   </si>
   <si>
     <t>#71 Mike Robertson - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#43 Aubrey Lai - WLB</t>
   </si>
   <si>
     <t>#7 Sean Opitz - FS</t>
   </si>
   <si>
     <t>#33 Scott Bobb - WLB</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>#13 Joseph Jackson - WLB</t>
   </si>
   <si>
     <t>#34 Terry Holloway - FS</t>
   </si>
   <si>
     <t>#25 Jonathan Bass - FS</t>
   </si>
   <si>
     <t>#45 Jack Corbitt - CB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-10-BCB 25 (14:54) 3-Gene Tsao pass complete to 46-Kevin Gilchrist to BKT 49 for 26 yards. Tackle by 13-Joseph Jackson.</t>
   </si>
   <si>
     <t>#46 Kevin Gilchrist - FB</t>
   </si>
   <si>
-    <t>#5 Christopher Clayton - RB</t>
+    <t>#21 Christopher Clayton - RB</t>
   </si>
   <si>
     <t>#26 Bobby Porterfield - WR</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>BKT 49</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BKT 49 (14:05) 3-Gene Tsao pass complete to 38-Brandon Long to BKT 42 for 7 yards. Tackle by 47-Edward Carter. 38-Brandon Long did some fancy footwork there.</t>
   </si>
   <si>
     <t>#2 Michael Corson - TE</t>
   </si>
   <si>
     <t>#28 Eric Tapscott - RB</t>
   </si>
@@ -596,90 +596,90 @@
   <si>
     <t>#6 Matthew Spurgeon - WR</t>
   </si>
   <si>
     <t>BKT 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BKT 25 (12:18) 4-Charles Puleri pass Pass knocked down by 27-Edwardo Upton. incomplete, intended for 1-Ty Holt. 27-Edwardo Upton got away with a hold on that play.</t>
   </si>
   <si>
     <t>#4 Charles Puleri - QB</t>
   </si>
   <si>
     <t>#9 Christopher Sowell - FB</t>
   </si>
   <si>
     <t>#84 Larry Camacho - WR</t>
   </si>
   <si>
-    <t>#10 Junior Logan - WR</t>
+    <t>#12 Junior Logan - WR</t>
   </si>
   <si>
     <t>#2 Fred  Biletnikoff - RB</t>
   </si>
   <si>
     <t>#1 Ty Holt - WR</t>
   </si>
   <si>
     <t>#75 Larry Hensley - LT</t>
   </si>
   <si>
     <t>#78 Carter Fuller - RG</t>
   </si>
   <si>
     <t>#69 Johnny Garbutt - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#76 Daniel Schuler - DT</t>
   </si>
   <si>
     <t>#57 Shannon Ketcham - DT</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
-    <t>#58 Dennis Hinkle - WLB</t>
-[...2 lines deleted...]
-    <t>#1 David Kim - WLB</t>
+    <t>#58 Dennis Hinkle - RDE</t>
+  </si>
+  <si>
+    <t>#1 David Kim - LDE</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-BKT 25 (12:14) 4-Charles Puleri pass complete to 9-Christopher Sowell to BKT 31 for 6 yards. Tackle by 90-Rene Hodges.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>BKT 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-4-BKT 31 (11:34) 8-Larry Camacho ran to BKT 31 for 1 yards. Tackle by 94-Richard Snavely.</t>
   </si>
@@ -2327,80 +2327,80 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="457.603" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>