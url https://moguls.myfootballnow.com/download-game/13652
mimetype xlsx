--- v1 (2025-12-23)
+++ v2 (2026-02-11)
@@ -635,81 +635,81 @@
   <si>
     <t>#69 Johnny Garbutt - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#76 Daniel Schuler - DT</t>
   </si>
   <si>
     <t>#57 Shannon Ketcham - DT</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
     <t>#58 Dennis Hinkle - RDE</t>
   </si>
   <si>
-    <t>#1 David Kim - LDE</t>
+    <t>#1 David Kim - RDE</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-BKT 25 (12:14) 4-Charles Puleri pass complete to 9-Christopher Sowell to BKT 31 for 6 yards. Tackle by 90-Rene Hodges.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>BKT 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-4-BKT 31 (11:34) 8-Larry Camacho ran to BKT 31 for 1 yards. Tackle by 94-Richard Snavely.</t>
   </si>
   <si>
     <t>#14 Samuel Sanchez - WR</t>
   </si>
   <si>
-    <t>#94 Richard Snavely - RDE</t>
+    <t>#94 Richard Snavely - LDE</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BKT 31 (10:49) 15-Robert Chon punts 45 yards to BCB 24. 89-Nathaniel Smith to BCB 24 for 1 yards. Tackle by 29-Alfred Malloy.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
     <t>#74 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#67 Marc Bratten - RG</t>
   </si>
   <si>
     <t>#8 Stephen Miller - DT</t>
   </si>