--- v2 (2026-02-11)
+++ v3 (2026-03-22)
@@ -380,81 +380,81 @@
   <si>
     <t>#66 Ralph Stephens - C</t>
   </si>
   <si>
     <t>#75 Jon Anderson - C</t>
   </si>
   <si>
     <t>#71 Mike Robertson - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Briggs - RDE</t>
   </si>
   <si>
     <t>#95 Gregory Ferrell - LDE</t>
   </si>
   <si>
     <t>#90 Christopher Gallegos - DT</t>
   </si>
   <si>
     <t>#97 Herbert Beverly - DT</t>
   </si>
   <si>
     <t>#43 Aubrey Lai - WLB</t>
   </si>
   <si>
-    <t>#7 Sean Opitz - FS</t>
+    <t>#7 Sean Opitz - SS</t>
   </si>
   <si>
     <t>#33 Scott Bobb - WLB</t>
   </si>
   <si>
     <t>#38 Frank Savage - CB</t>
   </si>
   <si>
     <t>#29 Alfred Malloy - CB</t>
   </si>
   <si>
     <t>#35 Pedro Esposito - CB</t>
   </si>
   <si>
     <t>#24 Clyde McFadden - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-BCB 25 (14:57) 3-Gene Tsao pass Pass knocked down by 25-Jonathan Bass. incomplete, intended for 87-Terry Sanchez.</t>
   </si>
   <si>
-    <t>#13 Joseph Jackson - WLB</t>
-[...2 lines deleted...]
-    <t>#34 Terry Holloway - FS</t>
+    <t>#97 Joseph Jackson - WLB</t>
+  </si>
+  <si>
+    <t>#37 Terry Holloway - FS</t>
   </si>
   <si>
     <t>#25 Jonathan Bass - FS</t>
   </si>
   <si>
     <t>#45 Jack Corbitt - CB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-10-BCB 25 (14:54) 3-Gene Tsao pass complete to 46-Kevin Gilchrist to BKT 49 for 26 yards. Tackle by 13-Joseph Jackson.</t>
   </si>
   <si>
     <t>#46 Kevin Gilchrist - FB</t>
   </si>
   <si>
     <t>#21 Christopher Clayton - RB</t>
   </si>
   <si>
     <t>#26 Bobby Porterfield - WR</t>
   </si>
@@ -632,108 +632,108 @@
   <si>
     <t>#78 Carter Fuller - RG</t>
   </si>
   <si>
     <t>#69 Johnny Garbutt - C</t>
   </si>
   <si>
     <t>#77 Mark Bordelon - LG</t>
   </si>
   <si>
     <t>#72 David  Decastro - LT</t>
   </si>
   <si>
     <t>#37 Richard Woodard - LDE</t>
   </si>
   <si>
     <t>#76 Daniel Schuler - DT</t>
   </si>
   <si>
     <t>#57 Shannon Ketcham - DT</t>
   </si>
   <si>
     <t>#53 Rolland Moreno - RDE</t>
   </si>
   <si>
-    <t>#58 Dennis Hinkle - RDE</t>
+    <t>#58 Dennis Hinkle - LDE</t>
   </si>
   <si>
     <t>#1 David Kim - RDE</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-BKT 25 (12:14) 4-Charles Puleri pass complete to 9-Christopher Sowell to BKT 31 for 6 yards. Tackle by 90-Rene Hodges.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>BKT 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-4-BKT 31 (11:34) 8-Larry Camacho ran to BKT 31 for 1 yards. Tackle by 94-Richard Snavely.</t>
   </si>
   <si>
     <t>#14 Samuel Sanchez - WR</t>
   </si>
   <si>
     <t>#94 Richard Snavely - LDE</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BKT 31 (10:49) 15-Robert Chon punts 45 yards to BCB 24. 89-Nathaniel Smith to BCB 24 for 1 yards. Tackle by 29-Alfred Malloy.</t>
   </si>
   <si>
     <t>#15 Robert Chon - P</t>
   </si>
   <si>
-    <t>#74 Olu Oluwatimi  - C</t>
+    <t>#50 Olu Oluwatimi  - C</t>
   </si>
   <si>
     <t>#67 Marc Bratten - RG</t>
   </si>
   <si>
-    <t>#8 Stephen Miller - DT</t>
+    <t>#73 Stephen Miller - DT</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>BCB 24</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-BCB 24 (10:40) 3-Gene Tsao pass Pass knocked down by 25-Jonathan Bass. incomplete, intended for 81-Jeff Greenwood. BKT 33-Scott Bobb was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-10-BCB 24 (10:37) 87-Terry Sanchez ran to BCB 31 for 7 yards. Tackle by 29-Alfred Malloy.</t>
   </si>
   <si>
     <t>10:02</t>
   </si>