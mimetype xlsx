--- v0 (2025-11-22)
+++ v1 (2025-12-27)
@@ -296,63 +296,63 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jerry Andrews kicks 72 yards from LDN 35 to MEX -7. 14-Patrick Rivera to MEX 28 for 35 yards. Tackle by 20-Robert Penn.</t>
   </si>
   <si>
     <t>#14 Patrick Rivera - WR</t>
   </si>
   <si>
     <t>#76 Max Pope - DT</t>
   </si>
   <si>
     <t>#47 Fernando Madison - CB</t>
   </si>
   <si>
     <t>#99 Eugene Rogers - SLB</t>
   </si>
   <si>
     <t>#48 Matthew Lewis - SS</t>
   </si>
   <si>
-    <t>#43 Gregg Willis - SS</t>
+    <t>#48 Gregg Willis - SS</t>
   </si>
   <si>
     <t>#97 Robert Brenneman - RDE</t>
   </si>
   <si>
     <t>#36 Frank McBrayer - CB</t>
   </si>
   <si>
     <t>#94 Philip Whitcomb - MLB</t>
   </si>
   <si>
-    <t>#53 Gerald Camacho - MLB</t>
+    <t>#53 Gerald Camacho - DT</t>
   </si>
   <si>
     <t>#95 Patrick Hernandez - WLB</t>
   </si>
   <si>
     <t>#17 Jerry Andrews - K</t>
   </si>
   <si>
     <t>MEX</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>MEX 28</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-MEX 28 (14:55) 2-William Nelson pass complete to 86-Rubén  Ortega  to MEX 33 for 5 yards. Tackle by 96-Horace Morris.</t>
   </si>
@@ -398,69 +398,69 @@
   <si>
     <t>#99 Jerry Drake - LDE</t>
   </si>
   <si>
     <t>#49 Jericho Jackson - SLB</t>
   </si>
   <si>
     <t>#53 Curtis Moore - MLB</t>
   </si>
   <si>
     <t>#22 John Lytle - CB</t>
   </si>
   <si>
     <t>#96 Horace Morris - WLB</t>
   </si>
   <si>
     <t>#38 Hiram Gish - CB</t>
   </si>
   <si>
     <t>#41 Jerome Blake - CB</t>
   </si>
   <si>
     <t>#35 Eric Chicoine - FS</t>
   </si>
   <si>
-    <t>#40 George Williams - FS</t>
+    <t>#57 George Williams - DT</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>MEX 33</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-5-MEX 33 (14:20) 2-William Nelson pass complete to 86-Rubén  Ortega  to MEX 39 for 6 yards. Tackle by 28-Kenny McEntyre.</t>
   </si>
   <si>
     <t>#85 James Lewis - FB</t>
   </si>
   <si>
-    <t>#50 Douglas Henry - MLB</t>
+    <t>#94 Douglas Henry - MLB</t>
   </si>
   <si>
     <t>#26 Mike Taylor - CB</t>
   </si>
   <si>
     <t>#28 Kenny McEntyre - FS</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>MEX 39</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-MEX 39 (13:47) 32-Dean Thompson ran to LDN 48 for 13 yards. Tackle by 35-Eric Chicoine. PENALTY - Unnecessary Roughness (LDN 35-Eric Chicoine)</t>
   </si>
   <si>
     <t>#65 Mitford Hodge - DT</t>
   </si>
@@ -2432,51 +2432,51 @@
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>