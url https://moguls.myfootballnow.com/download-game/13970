--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -356,51 +356,51 @@
   <si>
     <t>1-10-MEX 28 (14:55) 2-William Nelson pass complete to 86-Rubén  Ortega  to MEX 33 for 5 yards. Tackle by 96-Horace Morris.</t>
   </si>
   <si>
     <t>#2 William Nelson - QB</t>
   </si>
   <si>
     <t>#32 Dean Thompson - RB</t>
   </si>
   <si>
     <t>#86 Rubén  Ortega  - TE</t>
   </si>
   <si>
     <t>#10 Michael Peters - WR</t>
   </si>
   <si>
     <t>#80 Alberto Aguilar - WR</t>
   </si>
   <si>
     <t>#18 Robert Brown - WR</t>
   </si>
   <si>
     <t>#62 Carl Carty - LT</t>
   </si>
   <si>
-    <t>#51 Aaron Kimbrel - LG</t>
+    <t>#58 Aaron Kimbrel - LG</t>
   </si>
   <si>
     <t>#73 Mervin Adams - C</t>
   </si>
   <si>
     <t>#50 Ralph Gibbs - RG</t>
   </si>
   <si>
     <t>#72 Michael Paro - RT</t>
   </si>
   <si>
     <t>#95 Jake McCullough - LDE</t>
   </si>
   <si>
     <t>#75 Kenneth Hall - DT</t>
   </si>
   <si>
     <t>#99 Jerry Drake - LDE</t>
   </si>
   <si>
     <t>#49 Jericho Jackson - SLB</t>
   </si>
   <si>
     <t>#53 Curtis Moore - MLB</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>LDN 15</t>
   </si>
   <si>
     <t>1-10-LDN 15 (5:12) 2-William Nelson pass Pass knocked down by 28-Kenny McEntyre. incomplete, intended for 86-Rubén  Ortega .</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-LDN 15 (5:10) 32-Dean Thompson ran to LDN 16 for -1 yards. Tackle by 28-Kenny McEntyre.</t>
   </si>
   <si>
     <t>#11 Christopher Ching - WR</t>
   </si>
   <si>
-    <t>#29 Alfred Butler - SS</t>
+    <t>#31 Alfred Butler - SS</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>LDN 16</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-11-LDN 16 (4:27) PENALTY - False Start (MEX 32-Dean Thompson)</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>LDN 21</t>
   </si>
   <si>
     <t>3-16-LDN 21 (4:27) 2-William Nelson pass Pass knocked down by 26-Mike Taylor. incomplete, intended for 14-Patrick Rivera.</t>
   </si>
   <si>
     <t>4:23</t>
   </si>