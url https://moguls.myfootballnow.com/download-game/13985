--- v0 (2025-12-02)
+++ v1 (2026-01-22)
@@ -293,51 +293,51 @@
   <si>
     <t>JUS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Michael Dahle kicks 75 yards from JUS 35 to LDN -10. Touchback.</t>
   </si>
   <si>
     <t>#15 Matthew Diaz - WR</t>
   </si>
   <si>
     <t>#2 Richard Kibby - WLB</t>
   </si>
   <si>
     <t>#20 Robert Penn - CB</t>
   </si>
   <si>
     <t>#55 Virgil Robertson - MLB</t>
   </si>
   <si>
-    <t>#40 George Williams - FS</t>
+    <t>#57 George Williams - DT</t>
   </si>
   <si>
     <t>#82 Marvin Hargrove - WR</t>
   </si>
   <si>
     <t>#30 Hudhaifa Ismaeli - CB</t>
   </si>
   <si>
     <t>#69 Robert Post - LT</t>
   </si>
   <si>
     <t>#71 Chris Luneberg - LG</t>
   </si>
   <si>
     <t>#42 Don Stephens - SS</t>
   </si>
   <si>
     <t>#22 John Lytle - CB</t>
   </si>
   <si>
     <t>#19 Michael Dahle - K</t>
   </si>
   <si>
     <t>LDN</t>
   </si>
@@ -407,150 +407,150 @@
   <si>
     <t>#29 Bradford Maestas - CB</t>
   </si>
   <si>
     <t>#37 Al Estrada - SS</t>
   </si>
   <si>
     <t>#20 Guy Christofferso - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>2-10-LDN 25 (14:57) 10-Stan Gelbaugh pass Pass knocked down by 2-Wilson Douglas. incomplete, intended for 1-Russell White.</t>
   </si>
   <si>
     <t>#8 William Hose - RDE</t>
   </si>
   <si>
     <t>#44 Justin Peterson - WLB</t>
   </si>
   <si>
-    <t>#52 Donnie Lehto - SLB</t>
+    <t>#52 Donnie Lehto - WLB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-10-LDN 25 (14:53) 33-Ron Dickerson ran to LDN 28 for 3 yards. Tackle by 76-Carl Weeks.</t>
   </si>
   <si>
     <t>#33 Ron Dickerson - RB</t>
   </si>
   <si>
     <t>#24 Ryan Galloway - RB</t>
   </si>
   <si>
     <t>#45 George Womack - LDE</t>
   </si>
   <si>
     <t>#43 Richard Harrod - CB</t>
   </si>
   <si>
-    <t>#33 Joseph Ainsworth - CB</t>
+    <t>#46 Joseph Ainsworth - CB</t>
   </si>
   <si>
     <t>#30 Brian Mercer - FS</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>LDN 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-LDN 28 (14:10) 16-Dominick Shaw punts 49 yards to JUS 23. 9-Michael Hale to JUS 30 for 7 yards. Tackle by 55-Virgil Robertson.</t>
   </si>
   <si>
     <t>#16 Dominick Shaw - P</t>
   </si>
   <si>
     <t>#9 Michael Hale - WR</t>
   </si>
   <si>
-    <t>#13 Glen Cote - WR</t>
+    <t>#13 Glen Cote - TE</t>
   </si>
   <si>
     <t>#68 Tony Scott - LT</t>
   </si>
   <si>
     <t>#63 Craig Warren - RT</t>
   </si>
   <si>
     <t>#62 Mark Bair - LT</t>
   </si>
   <si>
     <t>#94 Manuel Kirby - LDE</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>JUS 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-JUS 30 (14:02) 27-Gaylord Taylor ran to JUS 32 for 2 yards. Tackle by 35-Eric Chicoine.</t>
   </si>
   <si>
     <t>#11 Anthony Mayorga - QB</t>
   </si>
   <si>
     <t>#27 Gaylord Taylor - RB</t>
   </si>
   <si>
     <t>#39 Ryan Vest - RB</t>
   </si>
   <si>
     <t>#15 Jason Byworth - FB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
-    <t>#85 Kurt McDaniel - TE</t>
+    <t>#48 Kurt McDaniel - FB</t>
   </si>
   <si>
     <t>#53 Thomas Johnson - LT</t>
   </si>
   <si>
     <t>#59 Michael Ramsey - LG</t>
   </si>
   <si>
     <t>#70 Harry Guillen - C</t>
   </si>
   <si>
     <t>#55 John Hampton - RG</t>
   </si>
   <si>
     <t>#63 Jeffrey Pennington - RT</t>
   </si>
   <si>
     <t>#95 Jake McCullough - LDE</t>
   </si>
   <si>
     <t>#75 Kenneth Hall - DT</t>
   </si>
   <si>
     <t>#65 Mitford Hodge - DT</t>
   </si>
@@ -575,96 +575,96 @@
   <si>
     <t>#28 Kenny McEntyre - FS</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>JUS 32</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-JUS 32 (13:18) 11-Anthony Mayorga pass complete to 85-Kurt McDaniel to JUS 34 for 2 yards. Tackle by 28-Kenny McEntyre. LDN 95-Jake McCullough was injured on the play.</t>
   </si>
   <si>
     <t>#1 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#6 Keith Renteria - WR</t>
   </si>
   <si>
-    <t>#5 Charles Cooney - WR</t>
-[...2 lines deleted...]
-    <t>#50 Douglas Henry - MLB</t>
+    <t>#88 Charles Cooney - WR</t>
+  </si>
+  <si>
+    <t>#94 Douglas Henry - MLB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>JUS 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-6-JUS 34 (12:43) 11-Anthony Mayorga pass complete to 6-Keith Renteria to JUS 46 for 12 yards. Tackle by 28-Kenny McEntyre. 6-Keith Renteria breaks down the CB.</t>
   </si>
   <si>
     <t>#79 Wayne Rodriquez - LDE</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>JUS 46</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-JUS 46 (12:03) 17-Melvin Taylor ran to JUS 49 for 3 yards. Tackle by 55-Virgil Robertson.</t>
   </si>
   <si>
-    <t>#17 Melvin Taylor - WR</t>
+    <t>#17 Melvin Taylor - RB</t>
   </si>
   <si>
     <t>#10 James White - WR</t>
   </si>
   <si>
     <t>#44 Robert Stewart - FS</t>
   </si>
   <si>
     <t>#26 Mike Taylor - CB</t>
   </si>
   <si>
-    <t>#29 Alfred Butler - SS</t>
+    <t>#31 Alfred Butler - SS</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>JUS 49</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-7-JUS 49 (11:30) 17-Melvin Taylor ran to LDN 45 for 6 yards. Tackle by 55-Virgil Robertson.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>LDN 45</t>
   </si>
   <si>
     <t>3-1-LDN 45 (10:47) 18-Thomas Garcia ran to LDN 44 for 1 yards. Tackle by 75-Kenneth Hall.</t>
   </si>
   <si>
     <t>#18 Thomas Garcia - RB</t>
   </si>