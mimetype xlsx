--- v1 (2026-01-22)
+++ v2 (2026-02-11)
@@ -569,51 +569,51 @@
   <si>
     <t>#38 Hiram Gish - CB</t>
   </si>
   <si>
     <t>#35 Eric Chicoine - FS</t>
   </si>
   <si>
     <t>#28 Kenny McEntyre - FS</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>JUS 32</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-JUS 32 (13:18) 11-Anthony Mayorga pass complete to 85-Kurt McDaniel to JUS 34 for 2 yards. Tackle by 28-Kenny McEntyre. LDN 95-Jake McCullough was injured on the play.</t>
   </si>
   <si>
-    <t>#1 Chris Delavega - WR</t>
+    <t>#14 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#6 Keith Renteria - WR</t>
   </si>
   <si>
     <t>#88 Charles Cooney - WR</t>
   </si>
   <si>
     <t>#94 Douglas Henry - MLB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>JUS 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-6-JUS 34 (12:43) 11-Anthony Mayorga pass complete to 6-Keith Renteria to JUS 46 for 12 yards. Tackle by 28-Kenny McEntyre. 6-Keith Renteria breaks down the CB.</t>
   </si>
   <si>
     <t>#79 Wayne Rodriquez - LDE</t>
   </si>