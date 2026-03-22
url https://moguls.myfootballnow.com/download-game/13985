--- v2 (2026-02-11)
+++ v3 (2026-03-22)
@@ -353,105 +353,105 @@
   <si>
     <t>1-10-LDN 25 (15:00) 10-Stan Gelbaugh pass incomplete, the ball was thrown away. Pressure by 99-Don Kennedy.</t>
   </si>
   <si>
     <t>#10 Stan Gelbaugh - QB</t>
   </si>
   <si>
     <t>#32 Raishawn  Allison - RB</t>
   </si>
   <si>
     <t>#85 Edwin Howard - WR</t>
   </si>
   <si>
     <t>#1 Russell White - WR</t>
   </si>
   <si>
     <t>#25 Ronnie West - WR</t>
   </si>
   <si>
     <t>#67 Steven Pellegrin - LT</t>
   </si>
   <si>
     <t>#78 Chris Oltmanns - RT</t>
   </si>
   <si>
-    <t>#50 Charles Smith - RG</t>
+    <t>#79 Charles Smith - RG</t>
   </si>
   <si>
     <t>#66 James Parrish - RT</t>
   </si>
   <si>
     <t>#76 Carl Weeks - LDE</t>
   </si>
   <si>
     <t>#71 John Parnell - DT</t>
   </si>
   <si>
     <t>#68 Leland Semon - RDE</t>
   </si>
   <si>
     <t>#99 Don Kennedy - RDE</t>
   </si>
   <si>
     <t>#49 Jason Logan - SLB</t>
   </si>
   <si>
     <t>#2 Wilson Douglas - WLB</t>
   </si>
   <si>
     <t>#98 Robert Berry - WLB</t>
   </si>
   <si>
-    <t>#41 William Obregon - CB</t>
+    <t>#41 William Obregon - SS</t>
   </si>
   <si>
     <t>#29 Bradford Maestas - CB</t>
   </si>
   <si>
-    <t>#37 Al Estrada - SS</t>
+    <t>#37 Al Estrada - FS</t>
   </si>
   <si>
     <t>#20 Guy Christofferso - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>2-10-LDN 25 (14:57) 10-Stan Gelbaugh pass Pass knocked down by 2-Wilson Douglas. incomplete, intended for 1-Russell White.</t>
   </si>
   <si>
     <t>#8 William Hose - RDE</t>
   </si>
   <si>
-    <t>#44 Justin Peterson - WLB</t>
-[...2 lines deleted...]
-    <t>#52 Donnie Lehto - WLB</t>
+    <t>#90 Justin Peterson - SLB</t>
+  </si>
+  <si>
+    <t>#91 Donnie Lehto - WLB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-10-LDN 25 (14:53) 33-Ron Dickerson ran to LDN 28 for 3 yards. Tackle by 76-Carl Weeks.</t>
   </si>
   <si>
     <t>#33 Ron Dickerson - RB</t>
   </si>
   <si>
     <t>#24 Ryan Galloway - RB</t>
   </si>
   <si>
     <t>#45 George Womack - LDE</t>
   </si>
   <si>
     <t>#43 Richard Harrod - CB</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>4-6-JUS 8 (7:33) 3-John Blassingame punts 49 yards to LDN 43. 85-Edwin Howard to JUS 45 for 12 yards. Tackle by 77-Ted Blatt.</t>
   </si>
   <si>
     <t>#3 John Blassingame - P</t>
   </si>
   <si>
     <t>#50 Greg Berry - C</t>
   </si>
   <si>
     <t>#51 John Solberg - RT</t>
   </si>
   <si>
     <t>#75 Carl Shields - LG</t>
   </si>
   <si>
     <t>#77 Ted Blatt - LG</t>
   </si>
   <si>
     <t>#57 Fredrick Morris - LT</t>
   </si>
   <si>
-    <t>#74 Arthur Smith - RDE</t>
+    <t>#72 Arthur Smith - RDE</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>JUS 45</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>1-10-JUS 45 (7:24) 10-Stan Gelbaugh pass Pass knocked down by 98-Robert Berry. incomplete, intended for 82-Marvin Hargrove.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>2-10-JUS 45 (7:21) 10-Stan Gelbaugh pass incomplete, intended for 33-Ron Dickerson.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
@@ -1031,51 +1031,51 @@
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>2-10-LDN 35 (12:53) 11-Anthony Mayorga pass Pass knocked down by 38-Hiram Gish. incomplete, intended for 1-Chris Delavega.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>3-10-LDN 35 (12:51) 11-Anthony Mayorga pass complete to 27-Gaylord Taylor to LDN 35 for a short gain. Tackle by 2-Richard Kibby.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>4-10-LDN 35 (12:17) 19-Michael Dahle 52 yard field goal is GOOD. JUS 3 LDN 3</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>(12:13) 19-Michael Dahle kicks 74 yards from JUS 35 to LDN -9. Touchback.</t>
   </si>
   <si>
-    <t>#41 Jerome Blake - CB</t>
+    <t>#41 Jerome Blake - FS</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-LDN 25 (12:13) 32-Raishawn  Allison ran to LDN 29 for 4 yards. Tackle by 98-Robert Berry.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>LDN 29</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-6-LDN 29 (11:36) 32-Raishawn  Allison ran to LDN 34 for 5 yards. Tackle by 2-Wilson Douglas. PENALTY - Unnecessary Roughness (JUS 2-Wilson Douglas)</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>LDN 49</t>
   </si>