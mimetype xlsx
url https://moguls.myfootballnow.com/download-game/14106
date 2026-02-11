--- v0 (2026-01-02)
+++ v1 (2026-02-11)
@@ -332,51 +332,51 @@
   <si>
     <t>#78 Kevin Elders - DT</t>
   </si>
   <si>
     <t>#49 Dominique Williams - CB</t>
   </si>
   <si>
     <t>#9 Mark Berry - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 39-Paul Newman ran to MEM 27 for 2 yards. Tackle by 2-Wilson Douglas.</t>
   </si>
   <si>
-    <t>#4 Charles Colman - QB</t>
+    <t>#19 Charles Colman - QB</t>
   </si>
   <si>
     <t>#39 Paul Newman - RB</t>
   </si>
   <si>
     <t>#88 Wendell Duffy - TE</t>
   </si>
   <si>
     <t>#84 Martin Verdugo - FB</t>
   </si>
   <si>
     <t>#81 Derrick Askew - WR</t>
   </si>
   <si>
     <t>#89 Robert Carr - WR</t>
   </si>
   <si>
     <t>#79 Hans Brannon - LT</t>
   </si>
   <si>
     <t>#72 Harley Brooks - LG</t>
   </si>
   <si>
     <t>#76 Willy Spangler - C</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>#39 Ryan Vest - RB</t>
   </si>
   <si>
     <t>#42 James Hamilton - FB</t>
   </si>
   <si>
     <t>#23 Harry Rodriguez - FB</t>
   </si>
   <si>
     <t>#57 Fredrick Morris - LT</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>MEM 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3-MEM 34 (10:44) 4-George Wilson pass complete to 6-Keith Renteria to MEM 19 for 15 yards. Tackle by 23-William Cook. JUS 27-Gaylord Taylor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#1 Chris Delavega - WR</t>
+    <t>#14 Chris Delavega - WR</t>
   </si>
   <si>
     <t>#10 James White - WR</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>MEM 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-MEM 19 (10:10) PENALTY - False Start (JUS 57-Fredrick Morris)</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>MEM 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-MEM 25 (8:50) 4-Charles Colman pass complete to 39-Paul Newman to MEM 36 for 11 yards. MEM 77-Alvin Alba was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>MEM 36</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-MEM 36 (8:05) 39-Paul Newman ran to MEM 41 for 5 yards. Tackle by 2-Wilson Douglas.</t>
   </si>
   <si>
-    <t>#60 Raymond Serrato - RT</t>
+    <t>#77 Raymond Serrato - RT</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>2-5-MEM 41 (7:28) 4-Charles Colman pass Pass knocked down by 29-Bradford Maestas. incomplete, intended for 81-Derrick Askew.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-5-MEM 41 (7:24) 39-Paul Newman ran to MEM 40 for -1 yards. Tackle by 2-Wilson Douglas.</t>
   </si>
   <si>
     <t>#36 Robert Schultz - RB</t>
   </si>
@@ -2259,51 +2259,51 @@
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>