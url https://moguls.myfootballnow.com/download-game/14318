--- v0 (2026-02-11)
+++ v1 (2026-03-22)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Michael Kauffman kicks 75 yards from KIN 35 to BCB -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Nathaniel Smith - WR</t>
   </si>
   <si>
     <t>#90 Rene Hodges - WLB</t>
   </si>
   <si>
     <t>#98 Jose Berard - FS</t>
   </si>
   <si>
     <t>#43 Richard Harrod - CB</t>
   </si>
   <si>
     <t>#4 Hector Auger - CB</t>
   </si>
   <si>
     <t>#27 Edwardo Upton - CB</t>
   </si>
   <si>
-    <t>#95 David Cheek - WLB</t>
+    <t>#95 David Cheek - DT</t>
   </si>
   <si>
     <t>#99 Charles Maxwell - FS</t>
   </si>
   <si>
     <t>#34 Lee Huber - FS</t>
   </si>
   <si>
     <t>#93 Cody Hensley - WLB</t>
   </si>
   <si>
     <t>#52 Edward Berman - CB</t>
   </si>
   <si>
     <t>#2 Michael Kauffman - K</t>
   </si>
   <si>
     <t>BCB</t>
   </si>
   <si>
     <t>BCB 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#38 Brandon Long - FB</t>
   </si>
   <si>
     <t>#85 Don Murtagh - TE</t>
   </si>
   <si>
     <t>#12 Albert Harlan - WR</t>
   </si>
   <si>
     <t>#56 Robert Howells - C</t>
   </si>
   <si>
     <t>#68 Terrence Wisdom - LG</t>
   </si>
   <si>
     <t>#66 Ralph Stephens - C</t>
   </si>
   <si>
     <t>#75 Jon Anderson - C</t>
   </si>
   <si>
     <t>#71 Mike Robertson - RT</t>
   </si>
   <si>
-    <t>#91 David Tiger - LDE</t>
+    <t>#90 David Tiger - LDE</t>
   </si>
   <si>
     <t>#95 Andre Silva - DT</t>
   </si>
   <si>
     <t>#93 Daniel Redd - DT</t>
   </si>
   <si>
     <t>#94 Blaine Berger - RDE</t>
   </si>
   <si>
     <t>#59 Rocky Bowers - SLB</t>
   </si>
   <si>
     <t>#57 Albert Kruger - MLB</t>
   </si>
   <si>
     <t>#57 Horace Taylor - WLB</t>
   </si>
   <si>
     <t>#25 Richard Sanford - CB</t>
   </si>
   <si>
     <t>#26 Joshua Mount - CB</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>#18 Carl Stevens - WR</t>
   </si>
   <si>
     <t>#97 David Warfield - LDE</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-8-BCB 27 (14:12) 6-Merrill McRae pass incomplete, dropped by 11-Bennie Lucas. Pressure by 91-David Tiger.</t>
   </si>
   <si>
     <t>#11 Bennie Lucas - WR</t>
   </si>
   <si>
     <t>#46 Kevin Gilchrist - FB</t>
   </si>
   <si>
-    <t>#90 Jose Madden - RDE</t>
+    <t>#77 Jose Madden - RDE</t>
   </si>
   <si>
     <t>#56 Frank Kotter - MLB</t>
   </si>
   <si>
     <t>#55 Alan Safford - WLB</t>
   </si>
   <si>
     <t>#20 Lippy Jones - CB</t>
   </si>
   <si>
     <t>#27 Daryl McClellan - CB</t>
   </si>
   <si>
     <t>#24 Jake Spoon - FS</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>1-10-KIN 26 (14:01) 8-Andres McElroy pass incomplete, intended for 42-Thomas Staggs.</t>
   </si>
   <si>
     <t>#8 Andres McElroy - QB</t>
   </si>
   <si>
     <t>#30 James Reyes - RB</t>
   </si>
   <si>
     <t>#42 Thomas Staggs - FB</t>
   </si>
   <si>
     <t>#14 Robert Quinn - WR</t>
   </si>
   <si>
     <t>#11 Kirk Morgan - WR</t>
   </si>
   <si>
     <t>#13 Andrew Witt - WR</t>
   </si>
   <si>
-    <t>#73 Daniel Bacote - LT</t>
+    <t>#76 Daniel Bacote - LT</t>
   </si>
   <si>
     <t>#62 Devon Tobias - LG</t>
   </si>
   <si>
     <t>#68 Jaime Jan - C</t>
   </si>
   <si>
     <t>#76 Steven Mitchell - LT</t>
   </si>
   <si>
     <t>#63 Alan Fredrick - LG</t>
   </si>
   <si>
     <t>#60 Jeffrey Ball - LDE</t>
   </si>
   <si>
     <t>#76 Daniel Schuler - DT</t>
   </si>
   <si>
     <t>#50 Scott Dukes - DT</t>
   </si>
   <si>
     <t>#1 David Kim - RDE</t>
   </si>
@@ -974,51 +974,51 @@
   <si>
     <t>2-11-BCB 33 (15:00) 8-Andres McElroy pass complete to 34-Scott Breen to BCB 31 for 2 yards. Tackle by 27-Edwardo Upton.</t>
   </si>
   <si>
     <t>#66 Patrick Carreiro - LG</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>3-9-BCB 31 (14:23) 8-Andres McElroy pass complete to 30-James Reyes to BCB 29 for 2 yards. Tackle by 98-Jose Berard.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>4-7-BCB 29 (13:46) 2-Michael Kauffman 47 yard field goal is GOOD. KIN 3 BCB 3</t>
   </si>
   <si>
     <t>#3 John Decker - QB</t>
   </si>
   <si>
     <t>#64 David Blair - RG</t>
   </si>
   <si>
-    <t>#58 Dennis Hinkle - RDE</t>
+    <t>#58 Dennis Hinkle - LDE</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>(13:43) 2-Michael Kauffman kicks 73 yards from KIN 35 to BCB -8. 89-Nathaniel Smith to BCB 29 for 37 yards. Tackle by 97-David Warfield.</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>1-10-BCB 29 (13:37) 6-Merrill McRae pass complete to 87-Terry Sanchez to BCB 32 for 3 yards. Tackle by 57-Horace Taylor.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-7-BCB 32 (12:53) 6-Merrill McRae pass Pass knocked down by 46-Miguel Walsh. incomplete, intended for 85-Don Murtagh.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
@@ -1163,51 +1163,51 @@
   <si>
     <t>1-10-BCB 29 (4:17) 8-Andres McElroy pass complete to 87-Thomas Atkinson to BCB 17 for 12 yards. Tackle by 54-David Fain. Pressure by 1-David Kim.</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>BCB 17</t>
   </si>
   <si>
     <t>1-10-BCB 17 (3:34) 8-Andres McElroy pass complete to 16-Thomas Brown to BCB 0 for 17 yards. TOUCHDOWN! KIN 9 BCB 3</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
   <si>
     <t>BCB 15</t>
   </si>
   <si>
     <t>(3:29) Extra point GOOD by 2-Michael Kauffman. KIN 10 BCB 3</t>
   </si>
   <si>
     <t>#96 Rickey Campbell - DT</t>
   </si>
   <si>
-    <t>#8 Stephen Miller - DT</t>
+    <t>#73 Stephen Miller - DT</t>
   </si>
   <si>
     <t>(3:29) 2-Michael Kauffman kicks 74 yards from KIN 35 to BCB -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-BCB 25 (3:29) 6-Merrill McRae pass complete to 11-Bennie Lucas to KIN 3 for 72 yards.</t>
   </si>
   <si>
     <t>2:44</t>
   </si>
   <si>
     <t>KIN 3</t>
   </si>
   <si>
     <t>1-3-KIN 3 (2:43) 6-Merrill McRae pass Pass knocked down by 59-Rocky Bowers. incomplete, intended for 2-Michael Corson. Pressure by 95-Andre Silva.</t>
   </si>
   <si>
     <t>#65 Louis Elrod - LT</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>2-3-KIN 3 (2:39) 6-Merrill McRae pass complete to 38-Brandon Long for 3 yards. TOUCHDOWN! KIN 10 BCB 9</t>
   </si>
@@ -2411,51 +2411,51 @@
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>